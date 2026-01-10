--- v0 (2025-10-24)
+++ v1 (2026-01-10)
@@ -4,87 +4,88 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\wkstn091\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\wkstn099\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{875A09A0-B221-4920-89EC-D0E7E4C29454}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E8D38A2-4F92-499B-A6FD-C7CF06A41A55}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-19320" yWindow="-120" windowWidth="19440" windowHeight="15150" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="事業主控（このシートに入力）" sheetId="8" r:id="rId1"/>
     <sheet name="局" sheetId="22" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">局!$A$1:$AL$66</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'事業主控（このシートに入力）'!$A$1:$AL$66</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="R40" i="8" l="1"/>
+  <c r="R17" i="8" l="1"/>
+  <c r="R40" i="8"/>
   <c r="AA40" i="8" s="1"/>
   <c r="R39" i="8"/>
   <c r="AA39" i="8" s="1"/>
   <c r="R38" i="8"/>
   <c r="AA38" i="8" s="1"/>
   <c r="R37" i="8"/>
   <c r="AA37" i="8" s="1"/>
   <c r="R36" i="8"/>
   <c r="AA36" i="8" s="1"/>
   <c r="R35" i="8"/>
   <c r="AA35" i="8" s="1"/>
   <c r="R34" i="8"/>
   <c r="AA34" i="8" s="1"/>
   <c r="R33" i="8"/>
   <c r="AA33" i="8" s="1"/>
   <c r="R31" i="8"/>
   <c r="AA31" i="8" s="1"/>
   <c r="R30" i="8"/>
   <c r="AA30" i="8" s="1"/>
   <c r="R28" i="8" l="1"/>
   <c r="AA28" i="8" s="1"/>
   <c r="R27" i="8"/>
   <c r="AA27" i="8" s="1"/>
   <c r="R24" i="8"/>
   <c r="AA24" i="8" s="1"/>
@@ -251,52 +252,51 @@
   <c r="AA16" i="22" s="1"/>
   <c r="K15" i="22"/>
   <c r="R15" i="22" s="1"/>
   <c r="AA15" i="22" s="1"/>
   <c r="K14" i="22"/>
   <c r="R14" i="22" s="1"/>
   <c r="AA14" i="22" s="1"/>
   <c r="A6" i="22"/>
   <c r="A4" i="22"/>
   <c r="A2" i="22"/>
   <c r="K42" i="8"/>
   <c r="R32" i="8"/>
   <c r="AA32" i="8" s="1"/>
   <c r="R29" i="8"/>
   <c r="AA29" i="8" s="1"/>
   <c r="R25" i="8"/>
   <c r="AA25" i="8" s="1"/>
   <c r="R23" i="8"/>
   <c r="AA23" i="8" s="1"/>
   <c r="R22" i="8"/>
   <c r="AA22" i="8" s="1"/>
   <c r="R20" i="8"/>
   <c r="AA20" i="8" s="1"/>
   <c r="R19" i="8"/>
   <c r="AA19" i="8" s="1"/>
-  <c r="R17" i="8"/>
-  <c r="AA17" i="8" s="1"/>
+  <c r="AA17" i="8"/>
   <c r="AA41" i="8"/>
   <c r="R45" i="8"/>
   <c r="R26" i="8"/>
   <c r="AA26" i="8" s="1"/>
   <c r="K42" i="22" l="1"/>
   <c r="AA42" i="8"/>
   <c r="R22" i="22"/>
   <c r="R42" i="8"/>
   <c r="R47" i="8" s="1"/>
   <c r="AA47" i="8" s="1"/>
   <c r="AA22" i="22" l="1"/>
   <c r="AA42" i="22" s="1"/>
   <c r="R42" i="22"/>
   <c r="R47" i="22" s="1"/>
   <c r="AA47" i="22" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>wkstn074</author>
   </authors>
   <commentList>
     <comment ref="A49" authorId="0" shapeId="0" xr:uid="{E2035E34-6E39-4661-880D-946BEE13378F}">
@@ -1446,67 +1446,67 @@
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>(一社)名北労働基準協会</t>
     <rPh sb="1" eb="3">
       <t>イッシャ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>メイ</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>ホク</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ロウドウ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>キジュン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>キョウカイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>令和６年度　確定</t>
+    <t>令和7年度　確定</t>
     <rPh sb="0" eb="2">
       <t>レイワ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ネン</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ド</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>カクテイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>令和７年度　概算</t>
+    <t>令和8年度　概算</t>
     <rPh sb="0" eb="2">
       <t>レイワ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ネン</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ド</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ガイサン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="176" formatCode="0.000_);[Red]\(0.000\)"/>
     <numFmt numFmtId="177" formatCode="0_);[Red]\(0\)"/>
     <numFmt numFmtId="178" formatCode="0.0_);[Red]\(0.0\)"/>
   </numFmts>
   <fonts count="20">
@@ -2896,93 +2896,171 @@
     </xf>
     <xf numFmtId="177" fontId="3" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="3" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="3" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="3" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="3" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="3" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="3" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="3" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="39" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="3" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="2" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="2" borderId="39" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="2" borderId="38" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -3026,62 +3104,50 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="2" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="2" borderId="39" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="2" borderId="34" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="46" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="32" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="39" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -3246,124 +3312,103 @@
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="69" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1"/>
     <xf numFmtId="176" fontId="8" fillId="0" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="8" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="2" borderId="46" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="177" fontId="3" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="177" fontId="3" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1"/>
     <xf numFmtId="3" fontId="3" fillId="2" borderId="38" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="28" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="3" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="8" fillId="0" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -3419,106 +3464,61 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...40 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
@@ -5338,2840 +5338,2840 @@
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:AM69"/>
   <sheetViews>
     <sheetView showZeros="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:U3"/>
+      <selection activeCell="K17" sqref="K17:N17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.5"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="43" width="3.125" style="1" customWidth="1"/>
+    <col min="1" max="43" width="3.109375" style="1" customWidth="1"/>
     <col min="44" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:39" ht="22.5" customHeight="1">
-      <c r="A2" s="165"/>
-[...28 lines deleted...]
-      <c r="AB2" s="183" t="s">
+      <c r="A2" s="191"/>
+      <c r="B2" s="192"/>
+      <c r="C2" s="192"/>
+      <c r="D2" s="192"/>
+      <c r="E2" s="192"/>
+      <c r="F2" s="192"/>
+      <c r="G2" s="192"/>
+      <c r="H2" s="192"/>
+      <c r="I2" s="192"/>
+      <c r="J2" s="192"/>
+      <c r="K2" s="192"/>
+      <c r="L2" s="192"/>
+      <c r="M2" s="192"/>
+      <c r="N2" s="192"/>
+      <c r="O2" s="192"/>
+      <c r="P2" s="192"/>
+      <c r="Q2" s="192"/>
+      <c r="R2" s="192"/>
+      <c r="S2" s="192"/>
+      <c r="T2" s="192"/>
+      <c r="U2" s="193"/>
+      <c r="V2" s="207" t="s">
+        <v>0</v>
+      </c>
+      <c r="W2" s="208"/>
+      <c r="X2" s="208"/>
+      <c r="Y2" s="208"/>
+      <c r="Z2" s="208"/>
+      <c r="AA2" s="208"/>
+      <c r="AB2" s="209" t="s">
         <v>1</v>
       </c>
-      <c r="AC2" s="183"/>
-[...7 lines deleted...]
-      <c r="AK2" s="183"/>
+      <c r="AC2" s="209"/>
+      <c r="AD2" s="209"/>
+      <c r="AE2" s="209"/>
+      <c r="AF2" s="209"/>
+      <c r="AG2" s="209"/>
+      <c r="AH2" s="209"/>
+      <c r="AI2" s="209"/>
+      <c r="AJ2" s="209"/>
+      <c r="AK2" s="209"/>
       <c r="AL2" s="39"/>
     </row>
     <row r="3" spans="1:39" ht="22.5" customHeight="1">
-      <c r="A3" s="168"/>
-[...26 lines deleted...]
-      <c r="AB3" s="183" t="s">
+      <c r="A3" s="194"/>
+      <c r="B3" s="195"/>
+      <c r="C3" s="195"/>
+      <c r="D3" s="195"/>
+      <c r="E3" s="195"/>
+      <c r="F3" s="195"/>
+      <c r="G3" s="195"/>
+      <c r="H3" s="195"/>
+      <c r="I3" s="195"/>
+      <c r="J3" s="195"/>
+      <c r="K3" s="195"/>
+      <c r="L3" s="195"/>
+      <c r="M3" s="195"/>
+      <c r="N3" s="195"/>
+      <c r="O3" s="195"/>
+      <c r="P3" s="195"/>
+      <c r="Q3" s="195"/>
+      <c r="R3" s="195"/>
+      <c r="S3" s="195"/>
+      <c r="T3" s="195"/>
+      <c r="U3" s="196"/>
+      <c r="V3" s="207"/>
+      <c r="W3" s="208"/>
+      <c r="X3" s="208"/>
+      <c r="Y3" s="208"/>
+      <c r="Z3" s="208"/>
+      <c r="AA3" s="208"/>
+      <c r="AB3" s="209" t="s">
         <v>2</v>
       </c>
-      <c r="AC3" s="183"/>
-[...8 lines deleted...]
-      <c r="AL3" s="183"/>
+      <c r="AC3" s="209"/>
+      <c r="AD3" s="209"/>
+      <c r="AE3" s="209"/>
+      <c r="AF3" s="209"/>
+      <c r="AG3" s="209"/>
+      <c r="AH3" s="209"/>
+      <c r="AI3" s="209"/>
+      <c r="AJ3" s="209"/>
+      <c r="AK3" s="209"/>
+      <c r="AL3" s="209"/>
     </row>
     <row r="4" spans="1:39" ht="22.5" customHeight="1">
-      <c r="A4" s="168"/>
-[...20 lines deleted...]
-      <c r="W4" s="179" t="s">
+      <c r="A4" s="194"/>
+      <c r="B4" s="195"/>
+      <c r="C4" s="195"/>
+      <c r="D4" s="195"/>
+      <c r="E4" s="195"/>
+      <c r="F4" s="195"/>
+      <c r="G4" s="195"/>
+      <c r="H4" s="195"/>
+      <c r="I4" s="195"/>
+      <c r="J4" s="195"/>
+      <c r="K4" s="195"/>
+      <c r="L4" s="195"/>
+      <c r="M4" s="195"/>
+      <c r="N4" s="195"/>
+      <c r="O4" s="195"/>
+      <c r="P4" s="195"/>
+      <c r="Q4" s="195"/>
+      <c r="R4" s="195"/>
+      <c r="S4" s="195"/>
+      <c r="T4" s="195"/>
+      <c r="U4" s="196"/>
+      <c r="W4" s="205" t="s">
         <v>3</v>
       </c>
-      <c r="X4" s="179"/>
-[...13 lines deleted...]
-      <c r="AL4" s="179"/>
+      <c r="X4" s="205"/>
+      <c r="Y4" s="205"/>
+      <c r="Z4" s="205"/>
+      <c r="AA4" s="205"/>
+      <c r="AB4" s="205"/>
+      <c r="AC4" s="205"/>
+      <c r="AD4" s="205"/>
+      <c r="AE4" s="205"/>
+      <c r="AF4" s="205"/>
+      <c r="AG4" s="205"/>
+      <c r="AH4" s="205"/>
+      <c r="AI4" s="205"/>
+      <c r="AJ4" s="205"/>
+      <c r="AK4" s="205"/>
+      <c r="AL4" s="205"/>
     </row>
     <row r="5" spans="1:39" ht="22.5" customHeight="1">
-      <c r="A5" s="168"/>
-[...19 lines deleted...]
-      <c r="U5" s="170"/>
+      <c r="A5" s="194"/>
+      <c r="B5" s="195"/>
+      <c r="C5" s="195"/>
+      <c r="D5" s="195"/>
+      <c r="E5" s="195"/>
+      <c r="F5" s="195"/>
+      <c r="G5" s="195"/>
+      <c r="H5" s="195"/>
+      <c r="I5" s="195"/>
+      <c r="J5" s="195"/>
+      <c r="K5" s="195"/>
+      <c r="L5" s="195"/>
+      <c r="M5" s="195"/>
+      <c r="N5" s="195"/>
+      <c r="O5" s="195"/>
+      <c r="P5" s="195"/>
+      <c r="Q5" s="195"/>
+      <c r="R5" s="195"/>
+      <c r="S5" s="195"/>
+      <c r="T5" s="195"/>
+      <c r="U5" s="196"/>
       <c r="V5" s="5"/>
-      <c r="W5" s="179"/>
-[...14 lines deleted...]
-      <c r="AL5" s="179"/>
+      <c r="W5" s="205"/>
+      <c r="X5" s="205"/>
+      <c r="Y5" s="205"/>
+      <c r="Z5" s="205"/>
+      <c r="AA5" s="205"/>
+      <c r="AB5" s="205"/>
+      <c r="AC5" s="205"/>
+      <c r="AD5" s="205"/>
+      <c r="AE5" s="205"/>
+      <c r="AF5" s="205"/>
+      <c r="AG5" s="205"/>
+      <c r="AH5" s="205"/>
+      <c r="AI5" s="205"/>
+      <c r="AJ5" s="205"/>
+      <c r="AK5" s="205"/>
+      <c r="AL5" s="205"/>
       <c r="AM5" s="3"/>
     </row>
     <row r="6" spans="1:39" ht="22.5" customHeight="1">
-      <c r="A6" s="171"/>
-[...19 lines deleted...]
-      <c r="U6" s="173"/>
+      <c r="A6" s="197"/>
+      <c r="B6" s="198"/>
+      <c r="C6" s="198"/>
+      <c r="D6" s="198"/>
+      <c r="E6" s="198"/>
+      <c r="F6" s="198"/>
+      <c r="G6" s="198"/>
+      <c r="H6" s="198"/>
+      <c r="I6" s="198"/>
+      <c r="J6" s="198"/>
+      <c r="K6" s="198"/>
+      <c r="L6" s="198"/>
+      <c r="M6" s="198"/>
+      <c r="N6" s="198"/>
+      <c r="O6" s="198"/>
+      <c r="P6" s="198"/>
+      <c r="Q6" s="198"/>
+      <c r="R6" s="198"/>
+      <c r="S6" s="198"/>
+      <c r="T6" s="198"/>
+      <c r="U6" s="199"/>
       <c r="V6" s="5"/>
-      <c r="W6" s="179"/>
-[...14 lines deleted...]
-      <c r="AL6" s="179"/>
+      <c r="W6" s="205"/>
+      <c r="X6" s="205"/>
+      <c r="Y6" s="205"/>
+      <c r="Z6" s="205"/>
+      <c r="AA6" s="205"/>
+      <c r="AB6" s="205"/>
+      <c r="AC6" s="205"/>
+      <c r="AD6" s="205"/>
+      <c r="AE6" s="205"/>
+      <c r="AF6" s="205"/>
+      <c r="AG6" s="205"/>
+      <c r="AH6" s="205"/>
+      <c r="AI6" s="205"/>
+      <c r="AJ6" s="205"/>
+      <c r="AK6" s="205"/>
+      <c r="AL6" s="205"/>
       <c r="AM6" s="3"/>
     </row>
     <row r="7" spans="1:39" ht="22.5" customHeight="1">
-      <c r="A7" s="174"/>
-[...19 lines deleted...]
-      <c r="U7" s="176"/>
+      <c r="A7" s="200"/>
+      <c r="B7" s="201"/>
+      <c r="C7" s="201"/>
+      <c r="D7" s="201"/>
+      <c r="E7" s="201"/>
+      <c r="F7" s="201"/>
+      <c r="G7" s="201"/>
+      <c r="H7" s="201"/>
+      <c r="I7" s="201"/>
+      <c r="J7" s="201"/>
+      <c r="K7" s="201"/>
+      <c r="L7" s="201"/>
+      <c r="M7" s="201"/>
+      <c r="N7" s="201"/>
+      <c r="O7" s="201"/>
+      <c r="P7" s="201"/>
+      <c r="Q7" s="201"/>
+      <c r="R7" s="201"/>
+      <c r="S7" s="201"/>
+      <c r="T7" s="201"/>
+      <c r="U7" s="202"/>
       <c r="V7" s="3"/>
-      <c r="W7" s="179"/>
-[...14 lines deleted...]
-      <c r="AL7" s="179"/>
+      <c r="W7" s="205"/>
+      <c r="X7" s="205"/>
+      <c r="Y7" s="205"/>
+      <c r="Z7" s="205"/>
+      <c r="AA7" s="205"/>
+      <c r="AB7" s="205"/>
+      <c r="AC7" s="205"/>
+      <c r="AD7" s="205"/>
+      <c r="AE7" s="205"/>
+      <c r="AF7" s="205"/>
+      <c r="AG7" s="205"/>
+      <c r="AH7" s="205"/>
+      <c r="AI7" s="205"/>
+      <c r="AJ7" s="205"/>
+      <c r="AK7" s="205"/>
+      <c r="AL7" s="205"/>
     </row>
     <row r="8" spans="1:39" ht="22.5" customHeight="1" thickBot="1">
-      <c r="H8" s="177" t="s">
+      <c r="H8" s="203" t="s">
         <v>4</v>
       </c>
-      <c r="I8" s="177"/>
-[...11 lines deleted...]
-      <c r="U8" s="178"/>
+      <c r="I8" s="203"/>
+      <c r="J8" s="203"/>
+      <c r="K8" s="203"/>
+      <c r="L8" s="204"/>
+      <c r="M8" s="204"/>
+      <c r="N8" s="204"/>
+      <c r="O8" s="204"/>
+      <c r="P8" s="204"/>
+      <c r="Q8" s="204"/>
+      <c r="R8" s="204"/>
+      <c r="S8" s="204"/>
+      <c r="T8" s="204"/>
+      <c r="U8" s="204"/>
       <c r="W8" s="82" t="s">
         <v>86</v>
       </c>
       <c r="X8" s="82"/>
       <c r="Y8" s="82"/>
       <c r="Z8" s="82"/>
       <c r="AA8" s="82"/>
       <c r="AB8" s="82" t="s">
         <v>87</v>
       </c>
       <c r="AC8" s="82"/>
       <c r="AD8" s="82"/>
       <c r="AE8" s="82"/>
       <c r="AF8" s="82"/>
       <c r="AG8" s="82"/>
       <c r="AH8" s="82"/>
       <c r="AI8" s="82"/>
       <c r="AJ8" s="82"/>
       <c r="AK8" s="82"/>
       <c r="AL8" s="82"/>
     </row>
     <row r="9" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A9" s="240" t="s">
+      <c r="A9" s="255" t="s">
         <v>5</v>
       </c>
-      <c r="B9" s="241"/>
-[...4 lines deleted...]
-      <c r="G9" s="248" t="s">
+      <c r="B9" s="256"/>
+      <c r="C9" s="256"/>
+      <c r="D9" s="256"/>
+      <c r="E9" s="256"/>
+      <c r="F9" s="256"/>
+      <c r="G9" s="263" t="s">
         <v>6</v>
       </c>
-      <c r="H9" s="249"/>
-      <c r="I9" s="223" t="s">
+      <c r="H9" s="264"/>
+      <c r="I9" s="241" t="s">
         <v>7</v>
       </c>
-      <c r="J9" s="225"/>
-      <c r="K9" s="249" t="s">
+      <c r="J9" s="243"/>
+      <c r="K9" s="264" t="s">
         <v>8</v>
       </c>
-      <c r="L9" s="249"/>
-      <c r="M9" s="249" t="s">
+      <c r="L9" s="264"/>
+      <c r="M9" s="264" t="s">
         <v>9</v>
       </c>
-      <c r="N9" s="249"/>
-[...4 lines deleted...]
-      <c r="S9" s="249" t="s">
+      <c r="N9" s="264"/>
+      <c r="O9" s="264"/>
+      <c r="P9" s="264"/>
+      <c r="Q9" s="264"/>
+      <c r="R9" s="264"/>
+      <c r="S9" s="264" t="s">
         <v>10</v>
       </c>
-      <c r="T9" s="249"/>
-[...1 lines deleted...]
-      <c r="W9" s="139" t="s">
+      <c r="T9" s="264"/>
+      <c r="U9" s="275"/>
+      <c r="W9" s="169" t="s">
         <v>11</v>
       </c>
-      <c r="X9" s="139"/>
-[...3 lines deleted...]
-      <c r="AE9" s="139" t="s">
+      <c r="X9" s="169"/>
+      <c r="Y9" s="169"/>
+      <c r="Z9" s="169"/>
+      <c r="AA9" s="169"/>
+      <c r="AE9" s="169" t="s">
         <v>12</v>
       </c>
-      <c r="AF9" s="139"/>
-      <c r="AG9" s="139"/>
+      <c r="AF9" s="169"/>
+      <c r="AG9" s="169"/>
       <c r="AH9" s="12"/>
       <c r="AI9" s="12"/>
       <c r="AJ9" s="12"/>
       <c r="AK9" s="12"/>
       <c r="AL9" s="12"/>
     </row>
     <row r="10" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A10" s="242"/>
-[...20 lines deleted...]
-      <c r="W10" s="139" t="s">
+      <c r="A10" s="257"/>
+      <c r="B10" s="258"/>
+      <c r="C10" s="258"/>
+      <c r="D10" s="258"/>
+      <c r="E10" s="258"/>
+      <c r="F10" s="258"/>
+      <c r="G10" s="261"/>
+      <c r="H10" s="229"/>
+      <c r="I10" s="267"/>
+      <c r="J10" s="268"/>
+      <c r="K10" s="225"/>
+      <c r="L10" s="229"/>
+      <c r="M10" s="225"/>
+      <c r="N10" s="227"/>
+      <c r="O10" s="227"/>
+      <c r="P10" s="227"/>
+      <c r="Q10" s="227"/>
+      <c r="R10" s="229"/>
+      <c r="S10" s="225"/>
+      <c r="T10" s="227"/>
+      <c r="U10" s="276"/>
+      <c r="W10" s="169" t="s">
         <v>85</v>
       </c>
-      <c r="X10" s="139"/>
-[...5 lines deleted...]
-      <c r="AD10" s="139"/>
+      <c r="X10" s="169"/>
+      <c r="Y10" s="169"/>
+      <c r="Z10" s="169"/>
+      <c r="AA10" s="169"/>
+      <c r="AB10" s="169"/>
+      <c r="AC10" s="169"/>
+      <c r="AD10" s="169"/>
       <c r="AE10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AF10" s="17"/>
       <c r="AG10" s="12"/>
       <c r="AH10" s="12"/>
       <c r="AI10" s="12"/>
       <c r="AJ10" s="12"/>
       <c r="AK10" s="12"/>
       <c r="AL10" s="12"/>
     </row>
     <row r="11" spans="1:39" ht="7.5" customHeight="1" thickBot="1">
-      <c r="A11" s="244"/>
-[...19 lines deleted...]
-      <c r="U11" s="262"/>
+      <c r="A11" s="259"/>
+      <c r="B11" s="260"/>
+      <c r="C11" s="260"/>
+      <c r="D11" s="260"/>
+      <c r="E11" s="260"/>
+      <c r="F11" s="260"/>
+      <c r="G11" s="262"/>
+      <c r="H11" s="230"/>
+      <c r="I11" s="269"/>
+      <c r="J11" s="270"/>
+      <c r="K11" s="226"/>
+      <c r="L11" s="230"/>
+      <c r="M11" s="226"/>
+      <c r="N11" s="228"/>
+      <c r="O11" s="228"/>
+      <c r="P11" s="228"/>
+      <c r="Q11" s="228"/>
+      <c r="R11" s="230"/>
+      <c r="S11" s="226"/>
+      <c r="T11" s="228"/>
+      <c r="U11" s="277"/>
     </row>
     <row r="12" spans="1:39" ht="22.5" customHeight="1">
-      <c r="A12" s="256" t="s">
+      <c r="A12" s="271" t="s">
         <v>15</v>
       </c>
-      <c r="B12" s="236" t="s">
+      <c r="B12" s="251" t="s">
         <v>16</v>
       </c>
-      <c r="C12" s="236"/>
-[...3 lines deleted...]
-      <c r="G12" s="258" t="s">
+      <c r="C12" s="251"/>
+      <c r="D12" s="251"/>
+      <c r="E12" s="251"/>
+      <c r="F12" s="251"/>
+      <c r="G12" s="273" t="s">
         <v>17</v>
       </c>
-      <c r="H12" s="258"/>
-[...2 lines deleted...]
-      <c r="K12" s="236" t="s">
+      <c r="H12" s="273"/>
+      <c r="I12" s="273"/>
+      <c r="J12" s="273"/>
+      <c r="K12" s="251" t="s">
         <v>18</v>
       </c>
-      <c r="L12" s="236"/>
-[...3 lines deleted...]
-      <c r="P12" s="235" t="s">
+      <c r="L12" s="251"/>
+      <c r="M12" s="251"/>
+      <c r="N12" s="251"/>
+      <c r="O12" s="251"/>
+      <c r="P12" s="250" t="s">
         <v>19</v>
       </c>
-      <c r="Q12" s="235"/>
-      <c r="R12" s="250" t="s">
+      <c r="Q12" s="250"/>
+      <c r="R12" s="265" t="s">
         <v>20</v>
       </c>
-      <c r="S12" s="250"/>
-[...3 lines deleted...]
-      <c r="W12" s="223" t="s">
+      <c r="S12" s="265"/>
+      <c r="T12" s="265"/>
+      <c r="U12" s="265"/>
+      <c r="V12" s="265"/>
+      <c r="W12" s="241" t="s">
         <v>21</v>
       </c>
-      <c r="X12" s="224"/>
-[...2 lines deleted...]
-      <c r="AA12" s="215" t="s">
+      <c r="X12" s="242"/>
+      <c r="Y12" s="242"/>
+      <c r="Z12" s="243"/>
+      <c r="AA12" s="233" t="s">
         <v>22</v>
       </c>
-      <c r="AB12" s="216"/>
-[...4 lines deleted...]
-      <c r="AG12" s="184" t="s">
+      <c r="AB12" s="234"/>
+      <c r="AC12" s="234"/>
+      <c r="AD12" s="234"/>
+      <c r="AE12" s="234"/>
+      <c r="AF12" s="235"/>
+      <c r="AG12" s="210" t="s">
         <v>23</v>
       </c>
-      <c r="AH12" s="185"/>
-[...3 lines deleted...]
-      <c r="AL12" s="186"/>
+      <c r="AH12" s="211"/>
+      <c r="AI12" s="211"/>
+      <c r="AJ12" s="211"/>
+      <c r="AK12" s="211"/>
+      <c r="AL12" s="212"/>
     </row>
     <row r="13" spans="1:39" ht="22.5" customHeight="1" thickBot="1">
-      <c r="A13" s="257"/>
-[...21 lines deleted...]
-      <c r="W13" s="229" t="s">
+      <c r="A13" s="272"/>
+      <c r="B13" s="252"/>
+      <c r="C13" s="252"/>
+      <c r="D13" s="252"/>
+      <c r="E13" s="252"/>
+      <c r="F13" s="252"/>
+      <c r="G13" s="274"/>
+      <c r="H13" s="274"/>
+      <c r="I13" s="274"/>
+      <c r="J13" s="274"/>
+      <c r="K13" s="252"/>
+      <c r="L13" s="252"/>
+      <c r="M13" s="252"/>
+      <c r="N13" s="252"/>
+      <c r="O13" s="252"/>
+      <c r="P13" s="170"/>
+      <c r="Q13" s="170"/>
+      <c r="R13" s="266"/>
+      <c r="S13" s="266"/>
+      <c r="T13" s="266"/>
+      <c r="U13" s="266"/>
+      <c r="V13" s="266"/>
+      <c r="W13" s="247" t="s">
         <v>24</v>
       </c>
-      <c r="X13" s="229"/>
-      <c r="Y13" s="228" t="s">
+      <c r="X13" s="247"/>
+      <c r="Y13" s="246" t="s">
         <v>25</v>
       </c>
-      <c r="Z13" s="228"/>
-[...11 lines deleted...]
-      <c r="AL13" s="189"/>
+      <c r="Z13" s="246"/>
+      <c r="AA13" s="236"/>
+      <c r="AB13" s="237"/>
+      <c r="AC13" s="237"/>
+      <c r="AD13" s="237"/>
+      <c r="AE13" s="237"/>
+      <c r="AF13" s="238"/>
+      <c r="AG13" s="213"/>
+      <c r="AH13" s="214"/>
+      <c r="AI13" s="214"/>
+      <c r="AJ13" s="214"/>
+      <c r="AK13" s="214"/>
+      <c r="AL13" s="215"/>
       <c r="AM13" s="7"/>
     </row>
     <row r="14" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A14" s="263">
+      <c r="A14" s="140">
         <v>31</v>
       </c>
-      <c r="B14" s="267" t="s">
+      <c r="B14" s="281" t="s">
         <v>26</v>
       </c>
-      <c r="C14" s="265"/>
-[...3 lines deleted...]
-      <c r="G14" s="205" t="s">
+      <c r="C14" s="279"/>
+      <c r="D14" s="279"/>
+      <c r="E14" s="279"/>
+      <c r="F14" s="279"/>
+      <c r="G14" s="141" t="s">
         <v>82</v>
       </c>
-      <c r="H14" s="206"/>
-[...5 lines deleted...]
-      <c r="N14" s="102"/>
+      <c r="H14" s="142"/>
+      <c r="I14" s="142"/>
+      <c r="J14" s="143"/>
+      <c r="K14" s="103"/>
+      <c r="L14" s="104"/>
+      <c r="M14" s="104"/>
+      <c r="N14" s="104"/>
       <c r="O14" s="62" t="s">
         <v>28</v>
       </c>
       <c r="P14" s="85">
         <v>19</v>
       </c>
       <c r="Q14" s="86"/>
-      <c r="R14" s="117">
+      <c r="R14" s="147">
         <f>INT(K14*P14%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S14" s="118"/>
-[...1 lines deleted...]
-      <c r="U14" s="118"/>
+      <c r="S14" s="148"/>
+      <c r="T14" s="148"/>
+      <c r="U14" s="148"/>
       <c r="V14" s="63" t="s">
         <v>29</v>
       </c>
-      <c r="W14" s="226">
+      <c r="W14" s="244">
         <v>79</v>
       </c>
-      <c r="X14" s="227"/>
-[...2 lines deleted...]
-      <c r="AA14" s="221">
+      <c r="X14" s="245"/>
+      <c r="Y14" s="254"/>
+      <c r="Z14" s="231"/>
+      <c r="AA14" s="239">
         <f>IF(Y14="",ROUNDDOWN(R14*W14,0),ROUNDDOWN(R14*Y14,0))</f>
         <v>0</v>
       </c>
-      <c r="AB14" s="222"/>
-[...2 lines deleted...]
-      <c r="AE14" s="222"/>
+      <c r="AB14" s="240"/>
+      <c r="AC14" s="240"/>
+      <c r="AD14" s="240"/>
+      <c r="AE14" s="240"/>
       <c r="AF14" s="48" t="s">
         <v>28</v>
       </c>
       <c r="AG14" s="30" t="s">
         <v>30</v>
       </c>
       <c r="AH14" s="16"/>
       <c r="AI14" s="18"/>
       <c r="AJ14" s="18"/>
       <c r="AK14" s="18"/>
       <c r="AL14" s="21"/>
     </row>
     <row r="15" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A15" s="264"/>
-[...5 lines deleted...]
-      <c r="G15" s="208" t="s">
+      <c r="A15" s="278"/>
+      <c r="B15" s="280"/>
+      <c r="C15" s="280"/>
+      <c r="D15" s="280"/>
+      <c r="E15" s="280"/>
+      <c r="F15" s="280"/>
+      <c r="G15" s="122" t="s">
         <v>83</v>
       </c>
-      <c r="H15" s="209"/>
-[...5 lines deleted...]
-      <c r="N15" s="146"/>
+      <c r="H15" s="123"/>
+      <c r="I15" s="123"/>
+      <c r="J15" s="124"/>
+      <c r="K15" s="171"/>
+      <c r="L15" s="172"/>
+      <c r="M15" s="172"/>
+      <c r="N15" s="172"/>
       <c r="O15" s="64"/>
       <c r="P15" s="91"/>
       <c r="Q15" s="92"/>
-      <c r="R15" s="129">
+      <c r="R15" s="159">
         <f>INT(K15*P14%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S15" s="130"/>
-[...1 lines deleted...]
-      <c r="U15" s="130"/>
+      <c r="S15" s="160"/>
+      <c r="T15" s="160"/>
+      <c r="U15" s="160"/>
       <c r="V15" s="65"/>
-      <c r="W15" s="151">
+      <c r="W15" s="177">
         <v>62</v>
       </c>
-      <c r="X15" s="152"/>
-[...2 lines deleted...]
-      <c r="AA15" s="221">
+      <c r="X15" s="178"/>
+      <c r="Y15" s="232"/>
+      <c r="Z15" s="232"/>
+      <c r="AA15" s="239">
         <f>IF(Y15="",ROUNDDOWN(R15*W15,0),ROUNDDOWN(R15*Y15,0))</f>
         <v>0</v>
       </c>
-      <c r="AB15" s="222"/>
-[...2 lines deleted...]
-      <c r="AE15" s="222"/>
+      <c r="AB15" s="240"/>
+      <c r="AC15" s="240"/>
+      <c r="AD15" s="240"/>
+      <c r="AE15" s="240"/>
       <c r="AF15" s="49"/>
       <c r="AG15" s="19"/>
       <c r="AH15" s="20"/>
       <c r="AI15" s="20"/>
       <c r="AJ15" s="20"/>
       <c r="AK15" s="20"/>
       <c r="AL15" s="22"/>
       <c r="AM15" s="80"/>
     </row>
     <row r="16" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A16" s="264"/>
-[...5 lines deleted...]
-      <c r="G16" s="230" t="s">
+      <c r="A16" s="278"/>
+      <c r="B16" s="280"/>
+      <c r="C16" s="280"/>
+      <c r="D16" s="280"/>
+      <c r="E16" s="280"/>
+      <c r="F16" s="280"/>
+      <c r="G16" s="119" t="s">
         <v>84</v>
       </c>
-      <c r="H16" s="231"/>
-[...5 lines deleted...]
-      <c r="N16" s="160"/>
+      <c r="H16" s="120"/>
+      <c r="I16" s="120"/>
+      <c r="J16" s="121"/>
+      <c r="K16" s="185"/>
+      <c r="L16" s="186"/>
+      <c r="M16" s="186"/>
+      <c r="N16" s="186"/>
       <c r="O16" s="66"/>
       <c r="P16" s="87"/>
       <c r="Q16" s="88"/>
-      <c r="R16" s="233">
+      <c r="R16" s="248">
         <f>INT(K16*P14%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S16" s="234"/>
-[...1 lines deleted...]
-      <c r="U16" s="234"/>
+      <c r="S16" s="249"/>
+      <c r="T16" s="249"/>
+      <c r="U16" s="249"/>
       <c r="V16" s="67"/>
       <c r="W16" s="83">
         <v>34</v>
       </c>
       <c r="X16" s="84"/>
-      <c r="Y16" s="158"/>
-[...1 lines deleted...]
-      <c r="AA16" s="161">
+      <c r="Y16" s="184"/>
+      <c r="Z16" s="184"/>
+      <c r="AA16" s="187">
         <f>IF(Y16="",ROUNDDOWN(R16*W16,0),ROUNDDOWN(R16*Y16,0))</f>
         <v>0</v>
       </c>
-      <c r="AB16" s="162"/>
-[...2 lines deleted...]
-      <c r="AE16" s="162"/>
+      <c r="AB16" s="188"/>
+      <c r="AC16" s="188"/>
+      <c r="AD16" s="188"/>
+      <c r="AE16" s="188"/>
       <c r="AF16" s="50"/>
       <c r="AG16" s="19"/>
-      <c r="AH16" s="114"/>
-[...2 lines deleted...]
-      <c r="AK16" s="116"/>
+      <c r="AH16" s="144"/>
+      <c r="AI16" s="145"/>
+      <c r="AJ16" s="145"/>
+      <c r="AK16" s="146"/>
       <c r="AL16" s="38" t="s">
         <v>33</v>
       </c>
       <c r="AM16" s="80"/>
     </row>
     <row r="17" spans="1:39" ht="21.75" customHeight="1" thickBot="1">
-      <c r="A17" s="263">
+      <c r="A17" s="140">
         <v>32</v>
       </c>
-      <c r="B17" s="265" t="s">
+      <c r="B17" s="279" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="265"/>
-[...3 lines deleted...]
-      <c r="G17" s="205" t="s">
+      <c r="C17" s="279"/>
+      <c r="D17" s="279"/>
+      <c r="E17" s="279"/>
+      <c r="F17" s="279"/>
+      <c r="G17" s="141" t="s">
         <v>82</v>
       </c>
-      <c r="H17" s="206"/>
-[...5 lines deleted...]
-      <c r="N17" s="102"/>
+      <c r="H17" s="142"/>
+      <c r="I17" s="142"/>
+      <c r="J17" s="143"/>
+      <c r="K17" s="103"/>
+      <c r="L17" s="104"/>
+      <c r="M17" s="104"/>
+      <c r="N17" s="104"/>
       <c r="O17" s="68"/>
-      <c r="P17" s="212">
+      <c r="P17" s="101">
         <v>20</v>
       </c>
-      <c r="Q17" s="213"/>
-      <c r="R17" s="117">
+      <c r="Q17" s="102"/>
+      <c r="R17" s="147">
         <f>INT(K17*P17%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S17" s="118"/>
-[...1 lines deleted...]
-      <c r="U17" s="118"/>
+      <c r="S17" s="148"/>
+      <c r="T17" s="148"/>
+      <c r="U17" s="148"/>
       <c r="V17" s="69"/>
       <c r="W17" s="93">
         <v>11</v>
       </c>
       <c r="X17" s="94"/>
-      <c r="Y17" s="211"/>
-[...1 lines deleted...]
-      <c r="AA17" s="155">
+      <c r="Y17" s="231"/>
+      <c r="Z17" s="231"/>
+      <c r="AA17" s="181">
         <f>IF(Y17="",ROUNDDOWN(R17*W17,0),ROUNDDOWN(R17*Y17,0))</f>
         <v>0</v>
       </c>
-      <c r="AB17" s="156"/>
-[...2 lines deleted...]
-      <c r="AE17" s="156"/>
+      <c r="AB17" s="182"/>
+      <c r="AC17" s="182"/>
+      <c r="AD17" s="182"/>
+      <c r="AE17" s="182"/>
       <c r="AF17" s="51"/>
       <c r="AG17" s="23"/>
       <c r="AH17" s="24"/>
       <c r="AI17" s="24"/>
       <c r="AJ17" s="24"/>
       <c r="AK17" s="24"/>
       <c r="AL17" s="25"/>
       <c r="AM17" s="80"/>
     </row>
     <row r="18" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A18" s="264"/>
-[...5 lines deleted...]
-      <c r="G18" s="208" t="s">
+      <c r="A18" s="278"/>
+      <c r="B18" s="280"/>
+      <c r="C18" s="280"/>
+      <c r="D18" s="280"/>
+      <c r="E18" s="280"/>
+      <c r="F18" s="280"/>
+      <c r="G18" s="122" t="s">
         <v>83</v>
       </c>
-      <c r="H18" s="209"/>
-[...5 lines deleted...]
-      <c r="N18" s="146"/>
+      <c r="H18" s="123"/>
+      <c r="I18" s="123"/>
+      <c r="J18" s="124"/>
+      <c r="K18" s="171"/>
+      <c r="L18" s="172"/>
+      <c r="M18" s="172"/>
+      <c r="N18" s="172"/>
       <c r="O18" s="70"/>
       <c r="P18" s="91">
         <v>19</v>
       </c>
       <c r="Q18" s="92"/>
-      <c r="R18" s="129">
+      <c r="R18" s="159">
         <f>INT(K18*P18%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S18" s="130"/>
-[...1 lines deleted...]
-      <c r="U18" s="130"/>
+      <c r="S18" s="160"/>
+      <c r="T18" s="160"/>
+      <c r="U18" s="160"/>
       <c r="V18" s="71"/>
       <c r="W18" s="95"/>
       <c r="X18" s="96"/>
-      <c r="Y18" s="214"/>
-[...1 lines deleted...]
-      <c r="AA18" s="155">
+      <c r="Y18" s="232"/>
+      <c r="Z18" s="232"/>
+      <c r="AA18" s="181">
         <f>IF(Y18="",ROUNDDOWN(R18*W17,0),ROUNDDOWN(R18*Y18,0))</f>
         <v>0</v>
       </c>
-      <c r="AB18" s="156"/>
-[...2 lines deleted...]
-      <c r="AE18" s="156"/>
+      <c r="AB18" s="182"/>
+      <c r="AC18" s="182"/>
+      <c r="AD18" s="182"/>
+      <c r="AE18" s="182"/>
       <c r="AF18" s="52"/>
       <c r="AG18" s="41" t="s">
         <v>35</v>
       </c>
       <c r="AH18" s="16"/>
       <c r="AI18" s="16"/>
       <c r="AJ18" s="16"/>
       <c r="AK18" s="16"/>
       <c r="AL18" s="42"/>
       <c r="AM18" s="80"/>
     </row>
     <row r="19" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A19" s="264"/>
-[...5 lines deleted...]
-      <c r="G19" s="230" t="s">
+      <c r="A19" s="278"/>
+      <c r="B19" s="280"/>
+      <c r="C19" s="280"/>
+      <c r="D19" s="280"/>
+      <c r="E19" s="280"/>
+      <c r="F19" s="280"/>
+      <c r="G19" s="119" t="s">
         <v>84</v>
       </c>
-      <c r="H19" s="231"/>
-[...5 lines deleted...]
-      <c r="N19" s="160"/>
+      <c r="H19" s="120"/>
+      <c r="I19" s="120"/>
+      <c r="J19" s="121"/>
+      <c r="K19" s="185"/>
+      <c r="L19" s="186"/>
+      <c r="M19" s="186"/>
+      <c r="N19" s="186"/>
       <c r="O19" s="72"/>
       <c r="P19" s="87"/>
       <c r="Q19" s="88"/>
-      <c r="R19" s="119">
+      <c r="R19" s="149">
         <f>INT(K19*P18%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S19" s="120"/>
-[...1 lines deleted...]
-      <c r="U19" s="120"/>
+      <c r="S19" s="150"/>
+      <c r="T19" s="150"/>
+      <c r="U19" s="150"/>
       <c r="V19" s="73"/>
       <c r="W19" s="97"/>
       <c r="X19" s="98"/>
-      <c r="Y19" s="158"/>
-[...1 lines deleted...]
-      <c r="AA19" s="161">
+      <c r="Y19" s="184"/>
+      <c r="Z19" s="184"/>
+      <c r="AA19" s="187">
         <f>IF(Y19="",ROUNDDOWN(R19*W17,0),ROUNDDOWN(R19*Y19,0))</f>
         <v>0</v>
       </c>
-      <c r="AB19" s="162"/>
-[...2 lines deleted...]
-      <c r="AE19" s="162"/>
+      <c r="AB19" s="188"/>
+      <c r="AC19" s="188"/>
+      <c r="AD19" s="188"/>
+      <c r="AE19" s="188"/>
       <c r="AF19" s="53"/>
       <c r="AG19" s="43"/>
       <c r="AL19" s="44"/>
       <c r="AM19" s="80"/>
     </row>
     <row r="20" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A20" s="263">
+      <c r="A20" s="140">
         <v>33</v>
       </c>
-      <c r="B20" s="265" t="s">
+      <c r="B20" s="279" t="s">
         <v>36</v>
       </c>
-      <c r="C20" s="265"/>
-[...3 lines deleted...]
-      <c r="G20" s="205" t="s">
+      <c r="C20" s="279"/>
+      <c r="D20" s="279"/>
+      <c r="E20" s="279"/>
+      <c r="F20" s="279"/>
+      <c r="G20" s="141" t="s">
         <v>82</v>
       </c>
-      <c r="H20" s="206"/>
-[...5 lines deleted...]
-      <c r="N20" s="102"/>
+      <c r="H20" s="142"/>
+      <c r="I20" s="142"/>
+      <c r="J20" s="143"/>
+      <c r="K20" s="103"/>
+      <c r="L20" s="104"/>
+      <c r="M20" s="104"/>
+      <c r="N20" s="104"/>
       <c r="O20" s="68"/>
-      <c r="P20" s="212">
+      <c r="P20" s="101">
         <v>18</v>
       </c>
-      <c r="Q20" s="213"/>
-      <c r="R20" s="117">
+      <c r="Q20" s="102"/>
+      <c r="R20" s="147">
         <f t="shared" ref="R20:R26" si="0">INT(K20*P20%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S20" s="118"/>
-[...1 lines deleted...]
-      <c r="U20" s="118"/>
+      <c r="S20" s="148"/>
+      <c r="T20" s="148"/>
+      <c r="U20" s="148"/>
       <c r="V20" s="69"/>
       <c r="W20" s="93">
         <v>9</v>
       </c>
       <c r="X20" s="94"/>
-      <c r="Y20" s="211"/>
-[...1 lines deleted...]
-      <c r="AA20" s="155">
+      <c r="Y20" s="231"/>
+      <c r="Z20" s="231"/>
+      <c r="AA20" s="181">
         <f>IF(Y20="",ROUNDDOWN(R20*W20,0),ROUNDDOWN(R20*Y20,0))</f>
         <v>0</v>
       </c>
-      <c r="AB20" s="156"/>
-[...2 lines deleted...]
-      <c r="AE20" s="156"/>
+      <c r="AB20" s="182"/>
+      <c r="AC20" s="182"/>
+      <c r="AD20" s="182"/>
+      <c r="AE20" s="182"/>
       <c r="AF20" s="51"/>
       <c r="AG20" s="43"/>
       <c r="AL20" s="44"/>
       <c r="AM20" s="80"/>
     </row>
     <row r="21" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A21" s="264"/>
-[...5 lines deleted...]
-      <c r="G21" s="208" t="s">
+      <c r="A21" s="278"/>
+      <c r="B21" s="280"/>
+      <c r="C21" s="280"/>
+      <c r="D21" s="280"/>
+      <c r="E21" s="280"/>
+      <c r="F21" s="280"/>
+      <c r="G21" s="122" t="s">
         <v>83</v>
       </c>
-      <c r="H21" s="209"/>
-[...5 lines deleted...]
-      <c r="N21" s="146"/>
+      <c r="H21" s="123"/>
+      <c r="I21" s="123"/>
+      <c r="J21" s="124"/>
+      <c r="K21" s="171"/>
+      <c r="L21" s="172"/>
+      <c r="M21" s="172"/>
+      <c r="N21" s="172"/>
       <c r="O21" s="70"/>
       <c r="P21" s="91">
         <v>17</v>
       </c>
       <c r="Q21" s="92"/>
-      <c r="R21" s="129">
+      <c r="R21" s="159">
         <f>INT(K21*P21%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S21" s="130"/>
-[...1 lines deleted...]
-      <c r="U21" s="130"/>
+      <c r="S21" s="160"/>
+      <c r="T21" s="160"/>
+      <c r="U21" s="160"/>
       <c r="V21" s="71"/>
       <c r="W21" s="95"/>
       <c r="X21" s="96"/>
-      <c r="Y21" s="214"/>
-[...1 lines deleted...]
-      <c r="AA21" s="221">
+      <c r="Y21" s="232"/>
+      <c r="Z21" s="232"/>
+      <c r="AA21" s="239">
         <f>IF(Y21="",ROUNDDOWN(R21*W20,0),ROUNDDOWN(R21*Y21,0))</f>
         <v>0</v>
       </c>
-      <c r="AB21" s="222"/>
-[...2 lines deleted...]
-      <c r="AE21" s="222"/>
+      <c r="AB21" s="240"/>
+      <c r="AC21" s="240"/>
+      <c r="AD21" s="240"/>
+      <c r="AE21" s="240"/>
       <c r="AF21" s="52"/>
       <c r="AG21" s="43"/>
       <c r="AH21" s="291"/>
       <c r="AI21" s="292"/>
       <c r="AJ21" s="292"/>
-      <c r="AK21" s="112"/>
+      <c r="AK21" s="114"/>
       <c r="AL21" s="44"/>
       <c r="AM21" s="80"/>
     </row>
     <row r="22" spans="1:39" ht="21.75" customHeight="1" thickBot="1">
-      <c r="A22" s="264"/>
-[...5 lines deleted...]
-      <c r="G22" s="230" t="s">
+      <c r="A22" s="278"/>
+      <c r="B22" s="280"/>
+      <c r="C22" s="280"/>
+      <c r="D22" s="280"/>
+      <c r="E22" s="280"/>
+      <c r="F22" s="280"/>
+      <c r="G22" s="119" t="s">
         <v>84</v>
       </c>
-      <c r="H22" s="231"/>
-[...5 lines deleted...]
-      <c r="N22" s="160"/>
+      <c r="H22" s="120"/>
+      <c r="I22" s="120"/>
+      <c r="J22" s="121"/>
+      <c r="K22" s="185"/>
+      <c r="L22" s="186"/>
+      <c r="M22" s="186"/>
+      <c r="N22" s="186"/>
       <c r="O22" s="72"/>
       <c r="P22" s="87"/>
       <c r="Q22" s="88"/>
-      <c r="R22" s="119">
+      <c r="R22" s="149">
         <f>INT(K22*P21%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S22" s="120"/>
-[...1 lines deleted...]
-      <c r="U22" s="120"/>
+      <c r="S22" s="150"/>
+      <c r="T22" s="150"/>
+      <c r="U22" s="150"/>
       <c r="V22" s="73"/>
       <c r="W22" s="97"/>
       <c r="X22" s="98"/>
-      <c r="Y22" s="158"/>
-[...1 lines deleted...]
-      <c r="AA22" s="161">
+      <c r="Y22" s="184"/>
+      <c r="Z22" s="184"/>
+      <c r="AA22" s="187">
         <f>IF(Y22="",ROUNDDOWN(R22*W20,0),ROUNDDOWN(R22*Y22,0))</f>
         <v>0</v>
       </c>
-      <c r="AB22" s="162"/>
-[...2 lines deleted...]
-      <c r="AE22" s="162"/>
+      <c r="AB22" s="188"/>
+      <c r="AC22" s="188"/>
+      <c r="AD22" s="188"/>
+      <c r="AE22" s="188"/>
       <c r="AF22" s="53"/>
       <c r="AG22" s="45"/>
       <c r="AH22" s="46"/>
       <c r="AI22" s="46"/>
       <c r="AJ22" s="46"/>
       <c r="AK22" s="46"/>
       <c r="AL22" s="47"/>
       <c r="AM22" s="80"/>
     </row>
     <row r="23" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A23" s="263">
+      <c r="A23" s="140">
         <v>34</v>
       </c>
-      <c r="B23" s="267" t="s">
+      <c r="B23" s="281" t="s">
         <v>37</v>
       </c>
-      <c r="C23" s="265"/>
-[...3 lines deleted...]
-      <c r="G23" s="205" t="s">
+      <c r="C23" s="279"/>
+      <c r="D23" s="279"/>
+      <c r="E23" s="279"/>
+      <c r="F23" s="279"/>
+      <c r="G23" s="141" t="s">
         <v>82</v>
       </c>
-      <c r="H23" s="206"/>
-[...5 lines deleted...]
-      <c r="N23" s="102"/>
+      <c r="H23" s="142"/>
+      <c r="I23" s="142"/>
+      <c r="J23" s="143"/>
+      <c r="K23" s="103"/>
+      <c r="L23" s="104"/>
+      <c r="M23" s="104"/>
+      <c r="N23" s="104"/>
       <c r="O23" s="74"/>
-      <c r="P23" s="212">
+      <c r="P23" s="101">
         <v>25</v>
       </c>
-      <c r="Q23" s="213"/>
-      <c r="R23" s="117">
+      <c r="Q23" s="102"/>
+      <c r="R23" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S23" s="118"/>
-[...1 lines deleted...]
-      <c r="U23" s="118"/>
+      <c r="S23" s="148"/>
+      <c r="T23" s="148"/>
+      <c r="U23" s="148"/>
       <c r="V23" s="75"/>
-      <c r="W23" s="153">
+      <c r="W23" s="179">
         <v>9.5</v>
       </c>
-      <c r="X23" s="154"/>
-[...2 lines deleted...]
-      <c r="AA23" s="155">
+      <c r="X23" s="180"/>
+      <c r="Y23" s="183"/>
+      <c r="Z23" s="183"/>
+      <c r="AA23" s="181">
         <f>IF(Y23="",ROUNDDOWN(R23*W23,0),ROUNDDOWN(R23*Y23,0))</f>
         <v>0</v>
       </c>
-      <c r="AB23" s="156"/>
-[...2 lines deleted...]
-      <c r="AE23" s="156"/>
+      <c r="AB23" s="182"/>
+      <c r="AC23" s="182"/>
+      <c r="AD23" s="182"/>
+      <c r="AE23" s="182"/>
       <c r="AF23" s="54"/>
       <c r="AG23" s="31" t="s">
         <v>38</v>
       </c>
       <c r="AH23" s="16"/>
       <c r="AI23" s="26"/>
       <c r="AJ23" s="26"/>
       <c r="AK23" s="26"/>
       <c r="AL23" s="32"/>
       <c r="AM23" s="80"/>
     </row>
     <row r="24" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A24" s="264"/>
-[...5 lines deleted...]
-      <c r="G24" s="208" t="s">
+      <c r="A24" s="278"/>
+      <c r="B24" s="280"/>
+      <c r="C24" s="280"/>
+      <c r="D24" s="280"/>
+      <c r="E24" s="280"/>
+      <c r="F24" s="280"/>
+      <c r="G24" s="122" t="s">
         <v>83</v>
       </c>
-      <c r="H24" s="209"/>
-[...5 lines deleted...]
-      <c r="N24" s="146"/>
+      <c r="H24" s="123"/>
+      <c r="I24" s="123"/>
+      <c r="J24" s="124"/>
+      <c r="K24" s="171"/>
+      <c r="L24" s="172"/>
+      <c r="M24" s="172"/>
+      <c r="N24" s="172"/>
       <c r="O24" s="70"/>
-      <c r="P24" s="212">
+      <c r="P24" s="101">
         <v>24</v>
       </c>
-      <c r="Q24" s="213"/>
-      <c r="R24" s="129">
+      <c r="Q24" s="102"/>
+      <c r="R24" s="159">
         <f>INT(K24*P24%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S24" s="130"/>
-[...1 lines deleted...]
-      <c r="U24" s="130"/>
+      <c r="S24" s="160"/>
+      <c r="T24" s="160"/>
+      <c r="U24" s="160"/>
       <c r="V24" s="71"/>
       <c r="W24" s="89">
         <v>9</v>
       </c>
       <c r="X24" s="90"/>
-      <c r="Y24" s="214"/>
-[...1 lines deleted...]
-      <c r="AA24" s="221">
+      <c r="Y24" s="232"/>
+      <c r="Z24" s="232"/>
+      <c r="AA24" s="239">
         <f>IF(Y24="",ROUNDDOWN(R24*W24,0),ROUNDDOWN(R24*Y24,0))</f>
         <v>0</v>
       </c>
-      <c r="AB24" s="222"/>
-[...2 lines deleted...]
-      <c r="AE24" s="222"/>
+      <c r="AB24" s="240"/>
+      <c r="AC24" s="240"/>
+      <c r="AD24" s="240"/>
+      <c r="AE24" s="240"/>
       <c r="AF24" s="52"/>
       <c r="AG24" s="27"/>
       <c r="AH24" s="13"/>
       <c r="AI24" s="13"/>
       <c r="AJ24" s="13"/>
       <c r="AK24" s="13"/>
       <c r="AL24" s="33"/>
       <c r="AM24" s="80"/>
     </row>
     <row r="25" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A25" s="264"/>
-[...5 lines deleted...]
-      <c r="G25" s="230" t="s">
+      <c r="A25" s="278"/>
+      <c r="B25" s="280"/>
+      <c r="C25" s="280"/>
+      <c r="D25" s="280"/>
+      <c r="E25" s="280"/>
+      <c r="F25" s="280"/>
+      <c r="G25" s="119" t="s">
         <v>84</v>
       </c>
-      <c r="H25" s="231"/>
-[...5 lines deleted...]
-      <c r="N25" s="160"/>
+      <c r="H25" s="120"/>
+      <c r="I25" s="120"/>
+      <c r="J25" s="121"/>
+      <c r="K25" s="185"/>
+      <c r="L25" s="186"/>
+      <c r="M25" s="186"/>
+      <c r="N25" s="186"/>
       <c r="O25" s="72"/>
-      <c r="P25" s="140">
+      <c r="P25" s="170">
         <v>19</v>
       </c>
-      <c r="Q25" s="140"/>
-      <c r="R25" s="119">
+      <c r="Q25" s="170"/>
+      <c r="R25" s="149">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S25" s="120"/>
-[...1 lines deleted...]
-      <c r="U25" s="120"/>
+      <c r="S25" s="150"/>
+      <c r="T25" s="150"/>
+      <c r="U25" s="150"/>
       <c r="V25" s="73"/>
       <c r="W25" s="83"/>
       <c r="X25" s="84"/>
-      <c r="Y25" s="158"/>
-[...1 lines deleted...]
-      <c r="AA25" s="161">
+      <c r="Y25" s="184"/>
+      <c r="Z25" s="184"/>
+      <c r="AA25" s="187">
         <f>IF(Y25="",ROUNDDOWN(R25*W24,0),ROUNDDOWN(R25*Y25,0))</f>
         <v>0</v>
       </c>
-      <c r="AB25" s="162"/>
-[...2 lines deleted...]
-      <c r="AE25" s="162"/>
+      <c r="AB25" s="188"/>
+      <c r="AC25" s="188"/>
+      <c r="AD25" s="188"/>
+      <c r="AE25" s="188"/>
       <c r="AF25" s="53"/>
       <c r="AG25" s="34" t="s">
         <v>39</v>
       </c>
       <c r="AI25" s="13"/>
       <c r="AJ25" s="13"/>
       <c r="AK25" s="13"/>
       <c r="AL25" s="33"/>
       <c r="AM25" s="80"/>
     </row>
     <row r="26" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A26" s="263">
+      <c r="A26" s="140">
         <v>35</v>
       </c>
-      <c r="B26" s="265" t="s">
+      <c r="B26" s="279" t="s">
         <v>40</v>
       </c>
-      <c r="C26" s="265"/>
-[...3 lines deleted...]
-      <c r="G26" s="205" t="s">
+      <c r="C26" s="279"/>
+      <c r="D26" s="279"/>
+      <c r="E26" s="279"/>
+      <c r="F26" s="279"/>
+      <c r="G26" s="141" t="s">
         <v>82</v>
       </c>
-      <c r="H26" s="206"/>
-[...5 lines deleted...]
-      <c r="N26" s="102"/>
+      <c r="H26" s="142"/>
+      <c r="I26" s="142"/>
+      <c r="J26" s="143"/>
+      <c r="K26" s="103"/>
+      <c r="L26" s="104"/>
+      <c r="M26" s="104"/>
+      <c r="N26" s="104"/>
       <c r="O26" s="74"/>
       <c r="P26" s="85">
         <v>23</v>
       </c>
       <c r="Q26" s="86"/>
-      <c r="R26" s="117">
+      <c r="R26" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S26" s="118"/>
-[...1 lines deleted...]
-      <c r="U26" s="118"/>
+      <c r="S26" s="148"/>
+      <c r="T26" s="148"/>
+      <c r="U26" s="148"/>
       <c r="V26" s="75"/>
-      <c r="W26" s="238">
+      <c r="W26" s="253">
         <v>11</v>
       </c>
-      <c r="X26" s="238"/>
-[...2 lines deleted...]
-      <c r="AA26" s="155">
+      <c r="X26" s="253"/>
+      <c r="Y26" s="183"/>
+      <c r="Z26" s="183"/>
+      <c r="AA26" s="181">
         <f>IF(Y26="",ROUNDDOWN(R26*W26,0),ROUNDDOWN(R26*Y26,0))</f>
         <v>0</v>
       </c>
-      <c r="AB26" s="156"/>
-[...2 lines deleted...]
-      <c r="AE26" s="156"/>
+      <c r="AB26" s="182"/>
+      <c r="AC26" s="182"/>
+      <c r="AD26" s="182"/>
+      <c r="AE26" s="182"/>
       <c r="AF26" s="54"/>
       <c r="AG26" s="27"/>
       <c r="AH26" s="13"/>
       <c r="AI26" s="13"/>
       <c r="AJ26" s="13"/>
       <c r="AK26" s="13"/>
       <c r="AL26" s="33"/>
       <c r="AM26" s="80"/>
     </row>
     <row r="27" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A27" s="264"/>
-[...5 lines deleted...]
-      <c r="G27" s="208" t="s">
+      <c r="A27" s="278"/>
+      <c r="B27" s="280"/>
+      <c r="C27" s="280"/>
+      <c r="D27" s="280"/>
+      <c r="E27" s="280"/>
+      <c r="F27" s="280"/>
+      <c r="G27" s="122" t="s">
         <v>83</v>
       </c>
-      <c r="H27" s="209"/>
-[...5 lines deleted...]
-      <c r="N27" s="146"/>
+      <c r="H27" s="123"/>
+      <c r="I27" s="123"/>
+      <c r="J27" s="124"/>
+      <c r="K27" s="171"/>
+      <c r="L27" s="172"/>
+      <c r="M27" s="172"/>
+      <c r="N27" s="172"/>
       <c r="O27" s="70"/>
       <c r="P27" s="91"/>
       <c r="Q27" s="92"/>
-      <c r="R27" s="129">
+      <c r="R27" s="159">
         <f>INT(K27*P26%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S27" s="130"/>
-[...1 lines deleted...]
-      <c r="U27" s="130"/>
+      <c r="S27" s="160"/>
+      <c r="T27" s="160"/>
+      <c r="U27" s="160"/>
       <c r="V27" s="71"/>
       <c r="W27" s="89">
         <v>9.5</v>
       </c>
       <c r="X27" s="90"/>
-      <c r="Y27" s="214"/>
-[...1 lines deleted...]
-      <c r="AA27" s="221">
+      <c r="Y27" s="232"/>
+      <c r="Z27" s="232"/>
+      <c r="AA27" s="239">
         <f>IF(Y27="",ROUNDDOWN(R27*W27,0),ROUNDDOWN(R27*Y27,0))</f>
         <v>0</v>
       </c>
-      <c r="AB27" s="222"/>
-[...2 lines deleted...]
-      <c r="AE27" s="222"/>
+      <c r="AB27" s="240"/>
+      <c r="AC27" s="240"/>
+      <c r="AD27" s="240"/>
+      <c r="AE27" s="240"/>
       <c r="AF27" s="52"/>
       <c r="AG27" s="34" t="s">
         <v>41</v>
       </c>
       <c r="AI27" s="13"/>
       <c r="AJ27" s="13"/>
       <c r="AK27" s="13"/>
       <c r="AL27" s="33"/>
       <c r="AM27" s="80"/>
     </row>
     <row r="28" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A28" s="264"/>
-[...5 lines deleted...]
-      <c r="G28" s="230" t="s">
+      <c r="A28" s="278"/>
+      <c r="B28" s="280"/>
+      <c r="C28" s="280"/>
+      <c r="D28" s="280"/>
+      <c r="E28" s="280"/>
+      <c r="F28" s="280"/>
+      <c r="G28" s="119" t="s">
         <v>84</v>
       </c>
-      <c r="H28" s="231"/>
-[...5 lines deleted...]
-      <c r="N28" s="160"/>
+      <c r="H28" s="120"/>
+      <c r="I28" s="120"/>
+      <c r="J28" s="121"/>
+      <c r="K28" s="185"/>
+      <c r="L28" s="186"/>
+      <c r="M28" s="186"/>
+      <c r="N28" s="186"/>
       <c r="O28" s="72"/>
       <c r="P28" s="87"/>
       <c r="Q28" s="88"/>
-      <c r="R28" s="119">
+      <c r="R28" s="149">
         <f>INT(K28*P26%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S28" s="120"/>
-[...1 lines deleted...]
-      <c r="U28" s="120"/>
+      <c r="S28" s="150"/>
+      <c r="T28" s="150"/>
+      <c r="U28" s="150"/>
       <c r="V28" s="73"/>
       <c r="W28" s="83"/>
       <c r="X28" s="84"/>
-      <c r="Y28" s="158"/>
-[...1 lines deleted...]
-      <c r="AA28" s="161">
+      <c r="Y28" s="184"/>
+      <c r="Z28" s="184"/>
+      <c r="AA28" s="187">
         <f>IF(Y28="",ROUNDDOWN(R28*W27,0),ROUNDDOWN(R28*Y28,0))</f>
         <v>0</v>
       </c>
-      <c r="AB28" s="162"/>
-[...2 lines deleted...]
-      <c r="AE28" s="162"/>
+      <c r="AB28" s="188"/>
+      <c r="AC28" s="188"/>
+      <c r="AD28" s="188"/>
+      <c r="AE28" s="188"/>
       <c r="AF28" s="55"/>
       <c r="AG28" s="27"/>
-      <c r="AH28" s="114"/>
-[...2 lines deleted...]
-      <c r="AK28" s="116"/>
+      <c r="AH28" s="144"/>
+      <c r="AI28" s="145"/>
+      <c r="AJ28" s="145"/>
+      <c r="AK28" s="146"/>
       <c r="AL28" s="35" t="s">
         <v>42</v>
       </c>
       <c r="AM28" s="80"/>
     </row>
     <row r="29" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A29" s="263">
+      <c r="A29" s="140">
         <v>38</v>
       </c>
       <c r="B29" s="282" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="283"/>
       <c r="D29" s="283"/>
       <c r="E29" s="283"/>
       <c r="F29" s="284"/>
-      <c r="G29" s="205" t="s">
+      <c r="G29" s="141" t="s">
         <v>82</v>
       </c>
-      <c r="H29" s="206"/>
-[...5 lines deleted...]
-      <c r="N29" s="102"/>
+      <c r="H29" s="142"/>
+      <c r="I29" s="142"/>
+      <c r="J29" s="143"/>
+      <c r="K29" s="103"/>
+      <c r="L29" s="104"/>
+      <c r="M29" s="104"/>
+      <c r="N29" s="104"/>
       <c r="O29" s="70"/>
       <c r="P29" s="85">
         <v>23</v>
       </c>
       <c r="Q29" s="86"/>
-      <c r="R29" s="117">
+      <c r="R29" s="147">
         <f>INT(K29*P29%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S29" s="118"/>
-[...1 lines deleted...]
-      <c r="U29" s="118"/>
+      <c r="S29" s="148"/>
+      <c r="T29" s="148"/>
+      <c r="U29" s="148"/>
       <c r="V29" s="71"/>
       <c r="W29" s="99">
         <v>15</v>
       </c>
       <c r="X29" s="100"/>
-      <c r="Y29" s="214"/>
-[...1 lines deleted...]
-      <c r="AA29" s="155">
+      <c r="Y29" s="232"/>
+      <c r="Z29" s="232"/>
+      <c r="AA29" s="181">
         <f>IF(Y29="",ROUNDDOWN(R29*W29,0),ROUNDDOWN(R29*Y29,0))</f>
         <v>0</v>
       </c>
-      <c r="AB29" s="156"/>
-[...2 lines deleted...]
-      <c r="AE29" s="156"/>
+      <c r="AB29" s="182"/>
+      <c r="AC29" s="182"/>
+      <c r="AD29" s="182"/>
+      <c r="AE29" s="182"/>
       <c r="AF29" s="56"/>
       <c r="AG29" s="27"/>
       <c r="AH29" s="13"/>
       <c r="AI29" s="13"/>
       <c r="AJ29" s="13"/>
       <c r="AK29" s="13"/>
       <c r="AL29" s="33"/>
       <c r="AM29" s="80"/>
     </row>
     <row r="30" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A30" s="264"/>
+      <c r="A30" s="278"/>
       <c r="B30" s="285"/>
       <c r="C30" s="286"/>
       <c r="D30" s="286"/>
       <c r="E30" s="286"/>
       <c r="F30" s="287"/>
-      <c r="G30" s="208" t="s">
+      <c r="G30" s="122" t="s">
         <v>83</v>
       </c>
-      <c r="H30" s="209"/>
-[...5 lines deleted...]
-      <c r="N30" s="146"/>
+      <c r="H30" s="123"/>
+      <c r="I30" s="123"/>
+      <c r="J30" s="124"/>
+      <c r="K30" s="171"/>
+      <c r="L30" s="172"/>
+      <c r="M30" s="172"/>
+      <c r="N30" s="172"/>
       <c r="O30" s="70"/>
       <c r="P30" s="91"/>
       <c r="Q30" s="92"/>
-      <c r="R30" s="129">
+      <c r="R30" s="159">
         <f>INT(K30*P29%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S30" s="130"/>
-[...1 lines deleted...]
-      <c r="U30" s="130"/>
+      <c r="S30" s="160"/>
+      <c r="T30" s="160"/>
+      <c r="U30" s="160"/>
       <c r="V30" s="71"/>
       <c r="W30" s="89">
         <v>12</v>
       </c>
       <c r="X30" s="90"/>
-      <c r="Y30" s="214"/>
-[...1 lines deleted...]
-      <c r="AA30" s="221">
+      <c r="Y30" s="232"/>
+      <c r="Z30" s="232"/>
+      <c r="AA30" s="239">
         <f>IF(Y30="",ROUNDDOWN(R30*W30,0),ROUNDDOWN(R30*Y30,0))</f>
         <v>0</v>
       </c>
-      <c r="AB30" s="222"/>
-[...2 lines deleted...]
-      <c r="AE30" s="222"/>
+      <c r="AB30" s="240"/>
+      <c r="AC30" s="240"/>
+      <c r="AD30" s="240"/>
+      <c r="AE30" s="240"/>
       <c r="AF30" s="56"/>
       <c r="AG30" s="34" t="s">
         <v>44</v>
       </c>
       <c r="AI30" s="13"/>
       <c r="AJ30" s="13"/>
       <c r="AK30" s="13"/>
       <c r="AL30" s="33"/>
       <c r="AM30" s="80"/>
     </row>
     <row r="31" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A31" s="264"/>
+      <c r="A31" s="278"/>
       <c r="B31" s="288"/>
       <c r="C31" s="289"/>
       <c r="D31" s="289"/>
       <c r="E31" s="289"/>
       <c r="F31" s="290"/>
-      <c r="G31" s="230" t="s">
+      <c r="G31" s="119" t="s">
         <v>84</v>
       </c>
-      <c r="H31" s="231"/>
-[...5 lines deleted...]
-      <c r="N31" s="160"/>
+      <c r="H31" s="120"/>
+      <c r="I31" s="120"/>
+      <c r="J31" s="121"/>
+      <c r="K31" s="185"/>
+      <c r="L31" s="186"/>
+      <c r="M31" s="186"/>
+      <c r="N31" s="186"/>
       <c r="O31" s="72"/>
       <c r="P31" s="87"/>
       <c r="Q31" s="88"/>
-      <c r="R31" s="119">
+      <c r="R31" s="149">
         <f>INT(K31*P29%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S31" s="120"/>
-[...1 lines deleted...]
-      <c r="U31" s="120"/>
+      <c r="S31" s="150"/>
+      <c r="T31" s="150"/>
+      <c r="U31" s="150"/>
       <c r="V31" s="73"/>
       <c r="W31" s="83"/>
       <c r="X31" s="84"/>
-      <c r="Y31" s="158"/>
-[...1 lines deleted...]
-      <c r="AA31" s="161">
+      <c r="Y31" s="184"/>
+      <c r="Z31" s="184"/>
+      <c r="AA31" s="187">
         <f>IF(Y31="",ROUNDDOWN(R31*W30,0),ROUNDDOWN(R31*Y31,0))</f>
         <v>0</v>
       </c>
-      <c r="AB31" s="162"/>
-[...2 lines deleted...]
-      <c r="AE31" s="162"/>
+      <c r="AB31" s="188"/>
+      <c r="AC31" s="188"/>
+      <c r="AD31" s="188"/>
+      <c r="AE31" s="188"/>
       <c r="AF31" s="55"/>
       <c r="AG31" s="27"/>
-      <c r="AH31" s="114"/>
-[...2 lines deleted...]
-      <c r="AK31" s="116"/>
+      <c r="AH31" s="144"/>
+      <c r="AI31" s="145"/>
+      <c r="AJ31" s="145"/>
+      <c r="AK31" s="146"/>
       <c r="AL31" s="36"/>
       <c r="AM31" s="80"/>
     </row>
     <row r="32" spans="1:39" ht="21.75" customHeight="1" thickBot="1">
-      <c r="A32" s="280">
+      <c r="A32" s="138">
         <v>36</v>
       </c>
-      <c r="B32" s="268" t="s">
+      <c r="B32" s="116" t="s">
         <v>45</v>
       </c>
       <c r="C32" s="316" t="s">
         <v>46</v>
       </c>
-      <c r="D32" s="272"/>
-[...2 lines deleted...]
-      <c r="G32" s="205" t="s">
+      <c r="D32" s="126"/>
+      <c r="E32" s="126"/>
+      <c r="F32" s="127"/>
+      <c r="G32" s="141" t="s">
         <v>82</v>
       </c>
-      <c r="H32" s="206"/>
-[...5 lines deleted...]
-      <c r="N32" s="102"/>
+      <c r="H32" s="142"/>
+      <c r="I32" s="142"/>
+      <c r="J32" s="143"/>
+      <c r="K32" s="103"/>
+      <c r="L32" s="104"/>
+      <c r="M32" s="104"/>
+      <c r="N32" s="104"/>
       <c r="O32" s="74"/>
-      <c r="P32" s="212">
+      <c r="P32" s="101">
         <v>40</v>
       </c>
-      <c r="Q32" s="213"/>
-      <c r="R32" s="117">
+      <c r="Q32" s="102"/>
+      <c r="R32" s="147">
         <f t="shared" ref="R32" si="1">INT(K32*P32%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S32" s="118"/>
-[...1 lines deleted...]
-      <c r="U32" s="118"/>
+      <c r="S32" s="148"/>
+      <c r="T32" s="148"/>
+      <c r="U32" s="148"/>
       <c r="V32" s="75"/>
       <c r="W32" s="89">
         <v>6.5</v>
       </c>
       <c r="X32" s="90"/>
-      <c r="Y32" s="157"/>
-[...1 lines deleted...]
-      <c r="AA32" s="155">
+      <c r="Y32" s="183"/>
+      <c r="Z32" s="183"/>
+      <c r="AA32" s="181">
         <f>IF(Y32="",ROUNDDOWN(R32*W32,0),ROUNDDOWN(R32*Y32,0))</f>
         <v>0</v>
       </c>
-      <c r="AB32" s="156"/>
-[...2 lines deleted...]
-      <c r="AE32" s="156"/>
+      <c r="AB32" s="182"/>
+      <c r="AC32" s="182"/>
+      <c r="AD32" s="182"/>
+      <c r="AE32" s="182"/>
       <c r="AF32" s="54"/>
       <c r="AG32" s="27"/>
       <c r="AH32" s="13"/>
       <c r="AI32" s="13"/>
       <c r="AJ32" s="13"/>
       <c r="AK32" s="13"/>
       <c r="AL32" s="33"/>
       <c r="AM32" s="80"/>
     </row>
     <row r="33" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A33" s="281"/>
-[...5 lines deleted...]
-      <c r="G33" s="208" t="s">
+      <c r="A33" s="139"/>
+      <c r="B33" s="117"/>
+      <c r="C33" s="128"/>
+      <c r="D33" s="129"/>
+      <c r="E33" s="129"/>
+      <c r="F33" s="130"/>
+      <c r="G33" s="122" t="s">
         <v>83</v>
       </c>
-      <c r="H33" s="209"/>
-[...5 lines deleted...]
-      <c r="N33" s="146"/>
+      <c r="H33" s="123"/>
+      <c r="I33" s="123"/>
+      <c r="J33" s="124"/>
+      <c r="K33" s="171"/>
+      <c r="L33" s="172"/>
+      <c r="M33" s="172"/>
+      <c r="N33" s="172"/>
       <c r="O33" s="70"/>
       <c r="P33" s="85">
         <v>38</v>
       </c>
       <c r="Q33" s="86"/>
-      <c r="R33" s="129">
+      <c r="R33" s="159">
         <f>INT(K33*P33%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S33" s="130"/>
-[...1 lines deleted...]
-      <c r="U33" s="130"/>
+      <c r="S33" s="160"/>
+      <c r="T33" s="160"/>
+      <c r="U33" s="160"/>
       <c r="V33" s="71"/>
       <c r="W33" s="83"/>
       <c r="X33" s="84"/>
-      <c r="Y33" s="214"/>
-[...1 lines deleted...]
-      <c r="AA33" s="221">
+      <c r="Y33" s="232"/>
+      <c r="Z33" s="232"/>
+      <c r="AA33" s="239">
         <f>IF(Y33="",ROUNDDOWN(R33*W32,0),ROUNDDOWN(R33*Y33,0))</f>
         <v>0</v>
       </c>
-      <c r="AB33" s="222"/>
-[...2 lines deleted...]
-      <c r="AE33" s="222"/>
+      <c r="AB33" s="240"/>
+      <c r="AC33" s="240"/>
+      <c r="AD33" s="240"/>
+      <c r="AE33" s="240"/>
       <c r="AF33" s="52"/>
       <c r="AG33" s="40" t="s">
         <v>47</v>
       </c>
       <c r="AH33" s="26"/>
       <c r="AI33" s="26"/>
       <c r="AJ33" s="26"/>
       <c r="AK33" s="26"/>
       <c r="AL33" s="32"/>
       <c r="AM33" s="80"/>
     </row>
     <row r="34" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A34" s="281"/>
-[...5 lines deleted...]
-      <c r="G34" s="230" t="s">
+      <c r="A34" s="139"/>
+      <c r="B34" s="117"/>
+      <c r="C34" s="131"/>
+      <c r="D34" s="132"/>
+      <c r="E34" s="132"/>
+      <c r="F34" s="133"/>
+      <c r="G34" s="119" t="s">
         <v>84</v>
       </c>
-      <c r="H34" s="231"/>
-[...5 lines deleted...]
-      <c r="N34" s="160"/>
+      <c r="H34" s="120"/>
+      <c r="I34" s="120"/>
+      <c r="J34" s="121"/>
+      <c r="K34" s="185"/>
+      <c r="L34" s="186"/>
+      <c r="M34" s="186"/>
+      <c r="N34" s="186"/>
       <c r="O34" s="72"/>
       <c r="P34" s="87"/>
       <c r="Q34" s="88"/>
-      <c r="R34" s="119">
+      <c r="R34" s="149">
         <f>INT(K34*P33%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S34" s="120"/>
-[...1 lines deleted...]
-      <c r="U34" s="120"/>
+      <c r="S34" s="150"/>
+      <c r="T34" s="150"/>
+      <c r="U34" s="150"/>
       <c r="V34" s="73"/>
       <c r="W34" s="83">
         <v>6</v>
       </c>
       <c r="X34" s="84"/>
-      <c r="Y34" s="158"/>
-[...1 lines deleted...]
-      <c r="AA34" s="161">
+      <c r="Y34" s="184"/>
+      <c r="Z34" s="184"/>
+      <c r="AA34" s="187">
         <f>IF(Y34="",ROUNDDOWN(R34*W34,0),ROUNDDOWN(R34*Y34,0))</f>
         <v>0</v>
       </c>
-      <c r="AB34" s="162"/>
-[...2 lines deleted...]
-      <c r="AE34" s="162"/>
+      <c r="AB34" s="188"/>
+      <c r="AC34" s="188"/>
+      <c r="AD34" s="188"/>
+      <c r="AE34" s="188"/>
       <c r="AF34" s="53"/>
       <c r="AG34" s="27"/>
       <c r="AH34" s="5" t="s">
         <v>48</v>
       </c>
       <c r="AI34" s="13"/>
       <c r="AJ34" s="13"/>
       <c r="AK34" s="13"/>
       <c r="AL34" s="33"/>
       <c r="AM34" s="80"/>
     </row>
     <row r="35" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A35" s="281"/>
-[...1 lines deleted...]
-      <c r="C35" s="271" t="s">
+      <c r="A35" s="139"/>
+      <c r="B35" s="117"/>
+      <c r="C35" s="125" t="s">
         <v>49</v>
       </c>
-      <c r="D35" s="272"/>
-[...2 lines deleted...]
-      <c r="G35" s="205" t="s">
+      <c r="D35" s="126"/>
+      <c r="E35" s="126"/>
+      <c r="F35" s="127"/>
+      <c r="G35" s="141" t="s">
         <v>82</v>
       </c>
-      <c r="H35" s="206"/>
-[...5 lines deleted...]
-      <c r="N35" s="102"/>
+      <c r="H35" s="142"/>
+      <c r="I35" s="142"/>
+      <c r="J35" s="143"/>
+      <c r="K35" s="103"/>
+      <c r="L35" s="104"/>
+      <c r="M35" s="104"/>
+      <c r="N35" s="104"/>
       <c r="O35" s="74"/>
       <c r="P35" s="85">
         <v>22</v>
       </c>
       <c r="Q35" s="86"/>
-      <c r="R35" s="117">
+      <c r="R35" s="147">
         <f>INT(K35*P35%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S35" s="118"/>
-[...1 lines deleted...]
-      <c r="U35" s="118"/>
+      <c r="S35" s="148"/>
+      <c r="T35" s="148"/>
+      <c r="U35" s="148"/>
       <c r="V35" s="75"/>
       <c r="W35" s="89">
         <v>6.5</v>
       </c>
       <c r="X35" s="90"/>
-      <c r="Y35" s="157"/>
-[...1 lines deleted...]
-      <c r="AA35" s="155">
+      <c r="Y35" s="183"/>
+      <c r="Z35" s="183"/>
+      <c r="AA35" s="181">
         <f>IF(Y35="",ROUNDDOWN(R35*W35,0),ROUNDDOWN(R35*Y35,0))</f>
         <v>0</v>
       </c>
-      <c r="AB35" s="156"/>
-[...2 lines deleted...]
-      <c r="AE35" s="156"/>
+      <c r="AB35" s="182"/>
+      <c r="AC35" s="182"/>
+      <c r="AD35" s="182"/>
+      <c r="AE35" s="182"/>
       <c r="AF35" s="54"/>
       <c r="AG35" s="27"/>
       <c r="AH35" s="5" t="s">
         <v>50</v>
       </c>
       <c r="AI35" s="13"/>
       <c r="AJ35" s="13"/>
       <c r="AK35" s="13"/>
       <c r="AL35" s="33"/>
       <c r="AM35" s="80"/>
     </row>
     <row r="36" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A36" s="281"/>
-[...5 lines deleted...]
-      <c r="G36" s="208" t="s">
+      <c r="A36" s="139"/>
+      <c r="B36" s="117"/>
+      <c r="C36" s="128"/>
+      <c r="D36" s="129"/>
+      <c r="E36" s="129"/>
+      <c r="F36" s="130"/>
+      <c r="G36" s="122" t="s">
         <v>83</v>
       </c>
-      <c r="H36" s="209"/>
-[...5 lines deleted...]
-      <c r="N36" s="146"/>
+      <c r="H36" s="123"/>
+      <c r="I36" s="123"/>
+      <c r="J36" s="124"/>
+      <c r="K36" s="171"/>
+      <c r="L36" s="172"/>
+      <c r="M36" s="172"/>
+      <c r="N36" s="172"/>
       <c r="O36" s="70"/>
       <c r="P36" s="85">
         <v>21</v>
       </c>
       <c r="Q36" s="86"/>
-      <c r="R36" s="129">
+      <c r="R36" s="159">
         <f>INT(K36*P36%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S36" s="130"/>
-[...1 lines deleted...]
-      <c r="U36" s="130"/>
+      <c r="S36" s="160"/>
+      <c r="T36" s="160"/>
+      <c r="U36" s="160"/>
       <c r="V36" s="71"/>
       <c r="W36" s="83"/>
       <c r="X36" s="84"/>
-      <c r="Y36" s="214"/>
-[...1 lines deleted...]
-      <c r="AA36" s="221">
+      <c r="Y36" s="232"/>
+      <c r="Z36" s="232"/>
+      <c r="AA36" s="239">
         <f>IF(Y36="",ROUNDDOWN(R36*W35,0),ROUNDDOWN(R36*Y36,0))</f>
         <v>0</v>
       </c>
-      <c r="AB36" s="222"/>
-[...2 lines deleted...]
-      <c r="AE36" s="222"/>
+      <c r="AB36" s="240"/>
+      <c r="AC36" s="240"/>
+      <c r="AD36" s="240"/>
+      <c r="AE36" s="240"/>
       <c r="AF36" s="52"/>
       <c r="AG36" s="27"/>
       <c r="AH36" s="13"/>
       <c r="AI36" s="13"/>
-      <c r="AJ36" s="121"/>
-      <c r="AK36" s="122"/>
+      <c r="AJ36" s="151"/>
+      <c r="AK36" s="152"/>
       <c r="AL36" s="33"/>
       <c r="AM36" s="80"/>
     </row>
     <row r="37" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A37" s="263"/>
-[...5 lines deleted...]
-      <c r="G37" s="230" t="s">
+      <c r="A37" s="140"/>
+      <c r="B37" s="118"/>
+      <c r="C37" s="131"/>
+      <c r="D37" s="132"/>
+      <c r="E37" s="132"/>
+      <c r="F37" s="133"/>
+      <c r="G37" s="119" t="s">
         <v>84</v>
       </c>
-      <c r="H37" s="231"/>
-[...5 lines deleted...]
-      <c r="N37" s="160"/>
+      <c r="H37" s="120"/>
+      <c r="I37" s="120"/>
+      <c r="J37" s="121"/>
+      <c r="K37" s="185"/>
+      <c r="L37" s="186"/>
+      <c r="M37" s="186"/>
+      <c r="N37" s="186"/>
       <c r="O37" s="72"/>
       <c r="P37" s="87"/>
       <c r="Q37" s="88"/>
-      <c r="R37" s="119">
+      <c r="R37" s="149">
         <f>INT(K37*P36%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S37" s="120"/>
-[...1 lines deleted...]
-      <c r="U37" s="120"/>
+      <c r="S37" s="150"/>
+      <c r="T37" s="150"/>
+      <c r="U37" s="150"/>
       <c r="V37" s="73"/>
       <c r="W37" s="83">
         <v>6</v>
       </c>
       <c r="X37" s="84"/>
-      <c r="Y37" s="158"/>
-[...1 lines deleted...]
-      <c r="AA37" s="161">
+      <c r="Y37" s="184"/>
+      <c r="Z37" s="184"/>
+      <c r="AA37" s="187">
         <f>IF(Y37="",ROUNDDOWN(R37*W37,0),ROUNDDOWN(R37*Y37,0))</f>
         <v>0</v>
       </c>
-      <c r="AB37" s="162"/>
-[...2 lines deleted...]
-      <c r="AE37" s="162"/>
+      <c r="AB37" s="188"/>
+      <c r="AC37" s="188"/>
+      <c r="AD37" s="188"/>
+      <c r="AE37" s="188"/>
       <c r="AF37" s="53"/>
       <c r="AG37" s="27"/>
       <c r="AH37" s="13"/>
       <c r="AI37" s="13"/>
-      <c r="AJ37" s="123"/>
-      <c r="AK37" s="124"/>
+      <c r="AJ37" s="153"/>
+      <c r="AK37" s="154"/>
       <c r="AL37" s="33"/>
       <c r="AM37" s="80"/>
     </row>
     <row r="38" spans="1:39" ht="21.75" customHeight="1" thickBot="1">
-      <c r="A38" s="263">
+      <c r="A38" s="140">
         <v>37</v>
       </c>
-      <c r="B38" s="265" t="s">
+      <c r="B38" s="279" t="s">
         <v>51</v>
       </c>
-      <c r="C38" s="265"/>
-[...3 lines deleted...]
-      <c r="G38" s="205" t="s">
+      <c r="C38" s="279"/>
+      <c r="D38" s="279"/>
+      <c r="E38" s="279"/>
+      <c r="F38" s="279"/>
+      <c r="G38" s="141" t="s">
         <v>82</v>
       </c>
-      <c r="H38" s="206"/>
-[...5 lines deleted...]
-      <c r="N38" s="102"/>
+      <c r="H38" s="142"/>
+      <c r="I38" s="142"/>
+      <c r="J38" s="143"/>
+      <c r="K38" s="103"/>
+      <c r="L38" s="104"/>
+      <c r="M38" s="104"/>
+      <c r="N38" s="104"/>
       <c r="O38" s="74"/>
       <c r="P38" s="85">
         <v>24</v>
       </c>
       <c r="Q38" s="86"/>
-      <c r="R38" s="117">
+      <c r="R38" s="147">
         <f>INT(K38*P38%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S38" s="118"/>
-[...1 lines deleted...]
-      <c r="U38" s="118"/>
+      <c r="S38" s="148"/>
+      <c r="T38" s="148"/>
+      <c r="U38" s="148"/>
       <c r="V38" s="75"/>
       <c r="W38" s="99">
         <v>17</v>
       </c>
       <c r="X38" s="100"/>
-      <c r="Y38" s="157"/>
-[...1 lines deleted...]
-      <c r="AA38" s="155">
+      <c r="Y38" s="183"/>
+      <c r="Z38" s="183"/>
+      <c r="AA38" s="181">
         <f>IF(Y38="",ROUNDDOWN(R38*W38,0),ROUNDDOWN(R38*Y38,0))</f>
         <v>0</v>
       </c>
-      <c r="AB38" s="156"/>
-[...2 lines deleted...]
-      <c r="AE38" s="156"/>
+      <c r="AB38" s="182"/>
+      <c r="AC38" s="182"/>
+      <c r="AD38" s="182"/>
+      <c r="AE38" s="182"/>
       <c r="AF38" s="54"/>
       <c r="AG38" s="28"/>
       <c r="AH38" s="29"/>
       <c r="AI38" s="29"/>
       <c r="AJ38" s="29"/>
       <c r="AK38" s="29"/>
       <c r="AL38" s="37"/>
       <c r="AM38" s="80"/>
     </row>
     <row r="39" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A39" s="264"/>
-[...5 lines deleted...]
-      <c r="G39" s="208" t="s">
+      <c r="A39" s="278"/>
+      <c r="B39" s="280"/>
+      <c r="C39" s="280"/>
+      <c r="D39" s="280"/>
+      <c r="E39" s="280"/>
+      <c r="F39" s="280"/>
+      <c r="G39" s="122" t="s">
         <v>83</v>
       </c>
-      <c r="H39" s="209"/>
-[...5 lines deleted...]
-      <c r="N39" s="146"/>
+      <c r="H39" s="123"/>
+      <c r="I39" s="123"/>
+      <c r="J39" s="124"/>
+      <c r="K39" s="171"/>
+      <c r="L39" s="172"/>
+      <c r="M39" s="172"/>
+      <c r="N39" s="172"/>
       <c r="O39" s="70"/>
       <c r="P39" s="87"/>
       <c r="Q39" s="88"/>
-      <c r="R39" s="129">
+      <c r="R39" s="159">
         <f>INT(K39*P38%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S39" s="130"/>
-[...1 lines deleted...]
-      <c r="U39" s="130"/>
+      <c r="S39" s="160"/>
+      <c r="T39" s="160"/>
+      <c r="U39" s="160"/>
       <c r="V39" s="71"/>
       <c r="W39" s="89">
         <v>15</v>
       </c>
       <c r="X39" s="90"/>
-      <c r="Y39" s="214"/>
-[...1 lines deleted...]
-      <c r="AA39" s="221">
+      <c r="Y39" s="232"/>
+      <c r="Z39" s="232"/>
+      <c r="AA39" s="239">
         <f>IF(Y39="",ROUNDDOWN(R39*W39,0),ROUNDDOWN(R39*Y39,0))</f>
         <v>0</v>
       </c>
-      <c r="AB39" s="222"/>
-[...2 lines deleted...]
-      <c r="AE39" s="222"/>
+      <c r="AB39" s="240"/>
+      <c r="AC39" s="240"/>
+      <c r="AD39" s="240"/>
+      <c r="AE39" s="240"/>
       <c r="AF39" s="52"/>
       <c r="AG39" s="13"/>
       <c r="AH39" s="13"/>
       <c r="AI39" s="13"/>
       <c r="AJ39" s="13"/>
       <c r="AK39" s="13"/>
       <c r="AL39" s="13"/>
       <c r="AM39" s="80"/>
     </row>
     <row r="40" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A40" s="264"/>
-[...5 lines deleted...]
-      <c r="G40" s="230" t="s">
+      <c r="A40" s="278"/>
+      <c r="B40" s="280"/>
+      <c r="C40" s="280"/>
+      <c r="D40" s="280"/>
+      <c r="E40" s="280"/>
+      <c r="F40" s="280"/>
+      <c r="G40" s="119" t="s">
         <v>84</v>
       </c>
-      <c r="H40" s="231"/>
-[...5 lines deleted...]
-      <c r="N40" s="160"/>
+      <c r="H40" s="120"/>
+      <c r="I40" s="120"/>
+      <c r="J40" s="121"/>
+      <c r="K40" s="185"/>
+      <c r="L40" s="186"/>
+      <c r="M40" s="186"/>
+      <c r="N40" s="186"/>
       <c r="O40" s="72"/>
       <c r="P40" s="87">
         <v>23</v>
       </c>
       <c r="Q40" s="88"/>
-      <c r="R40" s="119">
+      <c r="R40" s="149">
         <f>INT(K40*P40%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S40" s="120"/>
-[...1 lines deleted...]
-      <c r="U40" s="120"/>
+      <c r="S40" s="150"/>
+      <c r="T40" s="150"/>
+      <c r="U40" s="150"/>
       <c r="V40" s="73"/>
       <c r="W40" s="83"/>
       <c r="X40" s="84"/>
-      <c r="Y40" s="158"/>
-[...1 lines deleted...]
-      <c r="AA40" s="161">
+      <c r="Y40" s="184"/>
+      <c r="Z40" s="184"/>
+      <c r="AA40" s="187">
         <f>IF(Y40="",ROUNDDOWN(R40*W39,0),ROUNDDOWN(R40*Y40,0))</f>
         <v>0</v>
       </c>
-      <c r="AB40" s="162"/>
-[...2 lines deleted...]
-      <c r="AE40" s="162"/>
+      <c r="AB40" s="188"/>
+      <c r="AC40" s="188"/>
+      <c r="AD40" s="188"/>
+      <c r="AE40" s="188"/>
       <c r="AF40" s="53"/>
       <c r="AG40" s="13"/>
       <c r="AH40" s="13"/>
       <c r="AI40" s="13"/>
       <c r="AJ40" s="13"/>
       <c r="AK40" s="13"/>
       <c r="AL40" s="13"/>
       <c r="AM40" s="80"/>
     </row>
     <row r="41" spans="1:39" ht="21.75" customHeight="1">
       <c r="A41" s="79"/>
       <c r="B41" s="304"/>
       <c r="C41" s="305"/>
       <c r="D41" s="305"/>
       <c r="E41" s="305"/>
       <c r="F41" s="306"/>
       <c r="G41" s="307"/>
       <c r="H41" s="308"/>
       <c r="I41" s="308"/>
       <c r="J41" s="309"/>
       <c r="K41" s="320"/>
       <c r="L41" s="321"/>
       <c r="M41" s="321"/>
       <c r="N41" s="321"/>
       <c r="O41" s="9"/>
-      <c r="P41" s="212"/>
+      <c r="P41" s="101"/>
       <c r="Q41" s="331"/>
-      <c r="R41" s="195"/>
-[...2 lines deleted...]
-      <c r="U41" s="195"/>
+      <c r="R41" s="221"/>
+      <c r="S41" s="221"/>
+      <c r="T41" s="221"/>
+      <c r="U41" s="221"/>
       <c r="V41" s="59"/>
-      <c r="W41" s="238"/>
-      <c r="X41" s="238"/>
+      <c r="W41" s="253"/>
+      <c r="X41" s="253"/>
       <c r="Y41" s="323"/>
       <c r="Z41" s="323"/>
-      <c r="AA41" s="155">
+      <c r="AA41" s="181">
         <f>IF(Y41="",R41*W41,ROUNDDOWN(R41*Y41,0))</f>
         <v>0</v>
       </c>
-      <c r="AB41" s="156"/>
-[...2 lines deleted...]
-      <c r="AE41" s="156"/>
+      <c r="AB41" s="182"/>
+      <c r="AC41" s="182"/>
+      <c r="AD41" s="182"/>
+      <c r="AE41" s="182"/>
       <c r="AF41" s="57"/>
       <c r="AG41" s="13"/>
       <c r="AH41" s="13"/>
       <c r="AI41" s="13"/>
       <c r="AJ41" s="13"/>
       <c r="AK41" s="13"/>
       <c r="AL41" s="13"/>
       <c r="AM41" s="80"/>
     </row>
     <row r="42" spans="1:39" ht="21.75" customHeight="1">
       <c r="A42" s="302"/>
       <c r="B42" s="89" t="s">
         <v>52</v>
       </c>
       <c r="C42" s="310"/>
       <c r="D42" s="310"/>
       <c r="E42" s="310"/>
       <c r="F42" s="90"/>
       <c r="G42" s="296"/>
       <c r="H42" s="297"/>
       <c r="I42" s="297"/>
       <c r="J42" s="298"/>
-      <c r="K42" s="147">
+      <c r="K42" s="173">
         <f>SUM(K14:N41)</f>
         <v>0</v>
       </c>
-      <c r="L42" s="148"/>
-[...1 lines deleted...]
-      <c r="N42" s="148"/>
+      <c r="L42" s="174"/>
+      <c r="M42" s="174"/>
+      <c r="N42" s="174"/>
       <c r="O42" s="294"/>
-      <c r="P42" s="141"/>
-[...1 lines deleted...]
-      <c r="R42" s="135">
+      <c r="P42" s="134"/>
+      <c r="Q42" s="135"/>
+      <c r="R42" s="165">
         <f>SUM(R14:U41)</f>
         <v>0</v>
       </c>
-      <c r="S42" s="136"/>
-[...1 lines deleted...]
-      <c r="U42" s="136"/>
+      <c r="S42" s="166"/>
+      <c r="T42" s="166"/>
+      <c r="U42" s="166"/>
       <c r="V42" s="326"/>
-      <c r="W42" s="141"/>
-      <c r="X42" s="142"/>
+      <c r="W42" s="134"/>
+      <c r="X42" s="135"/>
       <c r="Y42" s="336"/>
-      <c r="Z42" s="142"/>
-      <c r="AA42" s="135">
+      <c r="Z42" s="135"/>
+      <c r="AA42" s="165">
         <f>SUM(AA14:AE41)</f>
         <v>0</v>
       </c>
       <c r="AB42" s="293"/>
       <c r="AC42" s="293"/>
       <c r="AD42" s="293"/>
       <c r="AE42" s="293"/>
       <c r="AF42" s="60"/>
       <c r="AG42" s="13"/>
       <c r="AH42" s="13"/>
       <c r="AI42" s="13"/>
       <c r="AJ42" s="13"/>
       <c r="AK42" s="13"/>
       <c r="AL42" s="13"/>
       <c r="AM42" s="80"/>
     </row>
     <row r="43" spans="1:39" ht="21.75" customHeight="1">
       <c r="A43" s="303"/>
       <c r="B43" s="311"/>
       <c r="C43" s="312"/>
       <c r="D43" s="312"/>
       <c r="E43" s="312"/>
       <c r="F43" s="313"/>
       <c r="G43" s="299"/>
       <c r="H43" s="300"/>
       <c r="I43" s="300"/>
       <c r="J43" s="301"/>
-      <c r="K43" s="149"/>
-[...2 lines deleted...]
-      <c r="N43" s="150"/>
+      <c r="K43" s="175"/>
+      <c r="L43" s="176"/>
+      <c r="M43" s="176"/>
+      <c r="N43" s="176"/>
       <c r="O43" s="295"/>
-      <c r="P43" s="143"/>
-[...4 lines deleted...]
-      <c r="U43" s="138"/>
+      <c r="P43" s="136"/>
+      <c r="Q43" s="137"/>
+      <c r="R43" s="167"/>
+      <c r="S43" s="168"/>
+      <c r="T43" s="168"/>
+      <c r="U43" s="168"/>
       <c r="V43" s="327"/>
-      <c r="W43" s="143"/>
-[...7 lines deleted...]
-      <c r="AE43" s="150"/>
+      <c r="W43" s="136"/>
+      <c r="X43" s="137"/>
+      <c r="Y43" s="136"/>
+      <c r="Z43" s="137"/>
+      <c r="AA43" s="175"/>
+      <c r="AB43" s="176"/>
+      <c r="AC43" s="176"/>
+      <c r="AD43" s="176"/>
+      <c r="AE43" s="176"/>
       <c r="AF43" s="61"/>
       <c r="AG43" s="13"/>
       <c r="AH43" s="13"/>
       <c r="AI43" s="13"/>
       <c r="AJ43" s="13"/>
       <c r="AK43" s="13"/>
       <c r="AL43" s="13"/>
       <c r="AM43" s="80"/>
     </row>
     <row r="44" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A44" s="237" t="s">
+      <c r="A44" s="252" t="s">
         <v>53</v>
       </c>
-      <c r="B44" s="237"/>
-[...5 lines deleted...]
-      <c r="H44" s="237"/>
+      <c r="B44" s="252"/>
+      <c r="C44" s="252"/>
+      <c r="D44" s="252"/>
+      <c r="E44" s="252"/>
+      <c r="F44" s="252"/>
+      <c r="G44" s="252"/>
+      <c r="H44" s="252"/>
       <c r="I44" s="314"/>
       <c r="J44" s="314"/>
       <c r="K44" s="314"/>
       <c r="L44" s="315"/>
       <c r="M44" s="317" t="s">
         <v>54</v>
       </c>
       <c r="N44" s="317"/>
       <c r="O44" s="86"/>
-      <c r="P44" s="112"/>
-[...15 lines deleted...]
-      <c r="AF44" s="190"/>
+      <c r="P44" s="114"/>
+      <c r="Q44" s="115"/>
+      <c r="R44" s="216"/>
+      <c r="S44" s="216"/>
+      <c r="T44" s="216"/>
+      <c r="U44" s="216"/>
+      <c r="V44" s="216"/>
+      <c r="W44" s="115"/>
+      <c r="X44" s="115"/>
+      <c r="Y44" s="115"/>
+      <c r="Z44" s="115"/>
+      <c r="AA44" s="216"/>
+      <c r="AB44" s="216"/>
+      <c r="AC44" s="216"/>
+      <c r="AD44" s="216"/>
+      <c r="AE44" s="216"/>
+      <c r="AF44" s="216"/>
       <c r="AG44" s="10"/>
       <c r="AH44" s="10"/>
       <c r="AI44" s="10"/>
       <c r="AJ44" s="10"/>
       <c r="AK44" s="10"/>
       <c r="AL44" s="10"/>
       <c r="AM44" s="80"/>
     </row>
     <row r="45" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A45" s="237"/>
-[...6 lines deleted...]
-      <c r="H45" s="237"/>
+      <c r="A45" s="252"/>
+      <c r="B45" s="252"/>
+      <c r="C45" s="252"/>
+      <c r="D45" s="252"/>
+      <c r="E45" s="252"/>
+      <c r="F45" s="252"/>
+      <c r="G45" s="252"/>
+      <c r="H45" s="252"/>
       <c r="I45" s="314"/>
       <c r="J45" s="314"/>
       <c r="K45" s="314"/>
       <c r="L45" s="315"/>
       <c r="M45" s="318"/>
       <c r="N45" s="318"/>
       <c r="O45" s="88"/>
-      <c r="P45" s="112"/>
-[...1 lines deleted...]
-      <c r="R45" s="190">
+      <c r="P45" s="114"/>
+      <c r="Q45" s="115"/>
+      <c r="R45" s="216">
         <f>J51*365*N51/12+J53*365*N53/12+J55*365*N55/12+AC51*365*AG51/12+AC53*365*AG53/12+AC55*365*AG55/12+J57*365*N57/12+AC57*365*AG57/12</f>
         <v>0</v>
       </c>
-      <c r="S45" s="190"/>
-[...12 lines deleted...]
-      <c r="AF45" s="190"/>
+      <c r="S45" s="216"/>
+      <c r="T45" s="216"/>
+      <c r="U45" s="216"/>
+      <c r="V45" s="216"/>
+      <c r="W45" s="115"/>
+      <c r="X45" s="115"/>
+      <c r="Y45" s="115"/>
+      <c r="Z45" s="115"/>
+      <c r="AA45" s="216"/>
+      <c r="AB45" s="216"/>
+      <c r="AC45" s="216"/>
+      <c r="AD45" s="216"/>
+      <c r="AE45" s="216"/>
+      <c r="AF45" s="216"/>
       <c r="AG45" s="10"/>
       <c r="AH45" s="10"/>
       <c r="AI45" s="10"/>
       <c r="AJ45" s="10"/>
       <c r="AK45" s="10"/>
       <c r="AL45" s="10"/>
       <c r="AM45" s="80"/>
     </row>
     <row r="46" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A46" s="237" t="s">
+      <c r="A46" s="252" t="s">
         <v>55</v>
       </c>
-      <c r="B46" s="237"/>
-[...5 lines deleted...]
-      <c r="H46" s="237"/>
+      <c r="B46" s="252"/>
+      <c r="C46" s="252"/>
+      <c r="D46" s="252"/>
+      <c r="E46" s="252"/>
+      <c r="F46" s="252"/>
+      <c r="G46" s="252"/>
+      <c r="H46" s="252"/>
       <c r="I46" s="319"/>
       <c r="J46" s="319"/>
       <c r="K46" s="319"/>
       <c r="L46" s="319"/>
       <c r="M46" s="319"/>
       <c r="N46" s="319"/>
       <c r="O46" s="319"/>
       <c r="P46" s="319"/>
       <c r="Q46" s="319"/>
-      <c r="R46" s="196" t="s">
+      <c r="R46" s="222" t="s">
         <v>56</v>
       </c>
-      <c r="S46" s="197"/>
-[...2 lines deleted...]
-      <c r="V46" s="198"/>
+      <c r="S46" s="223"/>
+      <c r="T46" s="223"/>
+      <c r="U46" s="223"/>
+      <c r="V46" s="224"/>
       <c r="W46" s="328" t="s">
         <v>57</v>
       </c>
       <c r="X46" s="329"/>
       <c r="Y46" s="329"/>
       <c r="Z46" s="330"/>
       <c r="AA46" s="325" t="s">
         <v>58</v>
       </c>
-      <c r="AB46" s="197"/>
-[...3 lines deleted...]
-      <c r="AF46" s="198"/>
+      <c r="AB46" s="223"/>
+      <c r="AC46" s="223"/>
+      <c r="AD46" s="223"/>
+      <c r="AE46" s="223"/>
+      <c r="AF46" s="224"/>
       <c r="AG46" s="10"/>
       <c r="AH46" s="10"/>
       <c r="AI46" s="10"/>
       <c r="AJ46" s="10"/>
       <c r="AK46" s="10"/>
       <c r="AL46" s="10"/>
       <c r="AM46" s="80"/>
     </row>
     <row r="47" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A47" s="237"/>
-[...6 lines deleted...]
-      <c r="H47" s="237"/>
+      <c r="A47" s="252"/>
+      <c r="B47" s="252"/>
+      <c r="C47" s="252"/>
+      <c r="D47" s="252"/>
+      <c r="E47" s="252"/>
+      <c r="F47" s="252"/>
+      <c r="G47" s="252"/>
+      <c r="H47" s="252"/>
       <c r="I47" s="319"/>
       <c r="J47" s="319"/>
       <c r="K47" s="319"/>
       <c r="L47" s="319"/>
       <c r="M47" s="319"/>
       <c r="N47" s="319"/>
       <c r="O47" s="319"/>
       <c r="P47" s="319"/>
       <c r="Q47" s="319"/>
-      <c r="R47" s="194">
+      <c r="R47" s="220">
         <f>R42</f>
         <v>0</v>
       </c>
       <c r="S47" s="324"/>
       <c r="T47" s="324"/>
       <c r="U47" s="324"/>
       <c r="V47" s="58" t="s">
         <v>59</v>
       </c>
-      <c r="W47" s="191" t="s">
+      <c r="W47" s="217" t="s">
         <v>60</v>
       </c>
-      <c r="X47" s="192"/>
-[...2 lines deleted...]
-      <c r="AA47" s="194">
+      <c r="X47" s="218"/>
+      <c r="Y47" s="218"/>
+      <c r="Z47" s="219"/>
+      <c r="AA47" s="220">
         <f>ROUNDDOWN(R47*0.02,0)</f>
         <v>0</v>
       </c>
-      <c r="AB47" s="195"/>
-[...2 lines deleted...]
-      <c r="AE47" s="195"/>
+      <c r="AB47" s="221"/>
+      <c r="AC47" s="221"/>
+      <c r="AD47" s="221"/>
+      <c r="AE47" s="221"/>
       <c r="AF47" s="58" t="s">
         <v>28</v>
       </c>
       <c r="AG47" s="10"/>
       <c r="AH47" s="10"/>
       <c r="AI47" s="10"/>
       <c r="AJ47" s="10"/>
       <c r="AK47" s="10"/>
       <c r="AL47" s="10"/>
       <c r="AM47" s="80"/>
     </row>
     <row r="48" spans="1:39" ht="13.5" customHeight="1">
       <c r="A48" s="5"/>
       <c r="B48" s="5"/>
       <c r="C48" s="80"/>
       <c r="D48" s="80"/>
       <c r="E48" s="80"/>
       <c r="F48" s="80"/>
       <c r="G48" s="80"/>
       <c r="H48" s="80"/>
       <c r="I48" s="80"/>
       <c r="J48" s="5"/>
       <c r="K48" s="80"/>
       <c r="L48" s="80"/>
       <c r="M48" s="80"/>
       <c r="S48" s="4"/>
       <c r="T48" s="80"/>
       <c r="U48" s="80"/>
       <c r="V48" s="80"/>
       <c r="W48" s="80"/>
       <c r="X48" s="80"/>
       <c r="Y48" s="80"/>
       <c r="Z48" s="80"/>
       <c r="AA48" s="80"/>
       <c r="AB48" s="80"/>
       <c r="AC48" s="80"/>
       <c r="AD48" s="80"/>
       <c r="AE48" s="80"/>
       <c r="AF48" s="80"/>
       <c r="AG48" s="14"/>
       <c r="AH48" s="14"/>
       <c r="AI48" s="14"/>
       <c r="AJ48" s="14"/>
       <c r="AK48" s="14"/>
       <c r="AL48" s="14"/>
       <c r="AM48" s="80"/>
     </row>
     <row r="49" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A49" s="126" t="s">
+      <c r="A49" s="156" t="s">
         <v>61</v>
       </c>
-      <c r="B49" s="126" t="s">
+      <c r="B49" s="156" t="s">
         <v>62</v>
       </c>
-      <c r="C49" s="126"/>
-[...6 lines deleted...]
-      <c r="J49" s="127" t="s">
+      <c r="C49" s="156"/>
+      <c r="D49" s="156"/>
+      <c r="E49" s="156"/>
+      <c r="F49" s="156"/>
+      <c r="G49" s="156"/>
+      <c r="H49" s="156"/>
+      <c r="I49" s="156"/>
+      <c r="J49" s="157" t="s">
         <v>63</v>
       </c>
-      <c r="K49" s="126"/>
-[...2 lines deleted...]
-      <c r="N49" s="128" t="s">
+      <c r="K49" s="156"/>
+      <c r="L49" s="156"/>
+      <c r="M49" s="156"/>
+      <c r="N49" s="158" t="s">
         <v>64</v>
       </c>
-      <c r="O49" s="128"/>
-      <c r="P49" s="127" t="s">
+      <c r="O49" s="158"/>
+      <c r="P49" s="157" t="s">
         <v>65</v>
       </c>
-      <c r="Q49" s="126"/>
-[...2 lines deleted...]
-      <c r="T49" s="125" t="s">
+      <c r="Q49" s="156"/>
+      <c r="R49" s="156"/>
+      <c r="S49" s="161"/>
+      <c r="T49" s="155" t="s">
         <v>61</v>
       </c>
-      <c r="U49" s="126" t="s">
+      <c r="U49" s="156" t="s">
         <v>62</v>
       </c>
-      <c r="V49" s="126"/>
-[...6 lines deleted...]
-      <c r="AC49" s="127" t="s">
+      <c r="V49" s="156"/>
+      <c r="W49" s="156"/>
+      <c r="X49" s="156"/>
+      <c r="Y49" s="156"/>
+      <c r="Z49" s="156"/>
+      <c r="AA49" s="156"/>
+      <c r="AB49" s="156"/>
+      <c r="AC49" s="157" t="s">
         <v>63</v>
       </c>
-      <c r="AD49" s="126"/>
-[...2 lines deleted...]
-      <c r="AG49" s="128" t="s">
+      <c r="AD49" s="156"/>
+      <c r="AE49" s="156"/>
+      <c r="AF49" s="156"/>
+      <c r="AG49" s="158" t="s">
         <v>64</v>
       </c>
-      <c r="AH49" s="128"/>
-      <c r="AI49" s="127" t="s">
+      <c r="AH49" s="158"/>
+      <c r="AI49" s="157" t="s">
         <v>65</v>
       </c>
-      <c r="AJ49" s="126"/>
-[...1 lines deleted...]
-      <c r="AL49" s="126"/>
+      <c r="AJ49" s="156"/>
+      <c r="AK49" s="156"/>
+      <c r="AL49" s="156"/>
       <c r="AM49" s="80"/>
     </row>
     <row r="50" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A50" s="126"/>
-[...11 lines deleted...]
-      <c r="M50" s="126"/>
+      <c r="A50" s="156"/>
+      <c r="B50" s="156"/>
+      <c r="C50" s="156"/>
+      <c r="D50" s="156"/>
+      <c r="E50" s="156"/>
+      <c r="F50" s="156"/>
+      <c r="G50" s="156"/>
+      <c r="H50" s="156"/>
+      <c r="I50" s="156"/>
+      <c r="J50" s="156"/>
+      <c r="K50" s="156"/>
+      <c r="L50" s="156"/>
+      <c r="M50" s="156"/>
       <c r="N50" s="81" t="s">
         <v>66</v>
       </c>
       <c r="O50" s="81" t="s">
         <v>67</v>
       </c>
-      <c r="P50" s="126"/>
-[...15 lines deleted...]
-      <c r="AF50" s="126"/>
+      <c r="P50" s="156"/>
+      <c r="Q50" s="156"/>
+      <c r="R50" s="156"/>
+      <c r="S50" s="161"/>
+      <c r="T50" s="155"/>
+      <c r="U50" s="156"/>
+      <c r="V50" s="156"/>
+      <c r="W50" s="156"/>
+      <c r="X50" s="156"/>
+      <c r="Y50" s="156"/>
+      <c r="Z50" s="156"/>
+      <c r="AA50" s="156"/>
+      <c r="AB50" s="156"/>
+      <c r="AC50" s="156"/>
+      <c r="AD50" s="156"/>
+      <c r="AE50" s="156"/>
+      <c r="AF50" s="156"/>
       <c r="AG50" s="81" t="s">
         <v>66</v>
       </c>
       <c r="AH50" s="81" t="s">
         <v>67</v>
       </c>
-      <c r="AI50" s="126"/>
-[...2 lines deleted...]
-      <c r="AL50" s="126"/>
+      <c r="AI50" s="156"/>
+      <c r="AJ50" s="156"/>
+      <c r="AK50" s="156"/>
+      <c r="AL50" s="156"/>
       <c r="AM50" s="80"/>
     </row>
     <row r="51" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A51" s="103"/>
-[...10 lines deleted...]
-      <c r="L51" s="110" t="s">
+      <c r="A51" s="105"/>
+      <c r="B51" s="105"/>
+      <c r="C51" s="105"/>
+      <c r="D51" s="105"/>
+      <c r="E51" s="105"/>
+      <c r="F51" s="105"/>
+      <c r="G51" s="105"/>
+      <c r="H51" s="105"/>
+      <c r="I51" s="105"/>
+      <c r="J51" s="105"/>
+      <c r="K51" s="106"/>
+      <c r="L51" s="112" t="s">
         <v>68</v>
       </c>
-      <c r="M51" s="111"/>
-[...4 lines deleted...]
-      <c r="R51" s="132" t="s">
+      <c r="M51" s="113"/>
+      <c r="N51" s="106"/>
+      <c r="O51" s="107"/>
+      <c r="P51" s="108"/>
+      <c r="Q51" s="109"/>
+      <c r="R51" s="162" t="s">
         <v>68</v>
       </c>
-      <c r="S51" s="132"/>
-[...11 lines deleted...]
-      <c r="AE51" s="111" t="s">
+      <c r="S51" s="162"/>
+      <c r="T51" s="164"/>
+      <c r="U51" s="105"/>
+      <c r="V51" s="105"/>
+      <c r="W51" s="105"/>
+      <c r="X51" s="105"/>
+      <c r="Y51" s="105"/>
+      <c r="Z51" s="105"/>
+      <c r="AA51" s="105"/>
+      <c r="AB51" s="105"/>
+      <c r="AC51" s="105"/>
+      <c r="AD51" s="105"/>
+      <c r="AE51" s="113" t="s">
         <v>68</v>
       </c>
-      <c r="AF51" s="111"/>
-[...4 lines deleted...]
-      <c r="AK51" s="110" t="s">
+      <c r="AF51" s="113"/>
+      <c r="AG51" s="106"/>
+      <c r="AH51" s="107"/>
+      <c r="AI51" s="105"/>
+      <c r="AJ51" s="106"/>
+      <c r="AK51" s="112" t="s">
         <v>68</v>
       </c>
-      <c r="AL51" s="111"/>
+      <c r="AL51" s="113"/>
       <c r="AM51" s="80"/>
     </row>
     <row r="52" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A52" s="103"/>
-[...36 lines deleted...]
-      <c r="AL52" s="111"/>
+      <c r="A52" s="105"/>
+      <c r="B52" s="105"/>
+      <c r="C52" s="105"/>
+      <c r="D52" s="105"/>
+      <c r="E52" s="105"/>
+      <c r="F52" s="105"/>
+      <c r="G52" s="105"/>
+      <c r="H52" s="105"/>
+      <c r="I52" s="105"/>
+      <c r="J52" s="105"/>
+      <c r="K52" s="106"/>
+      <c r="L52" s="112"/>
+      <c r="M52" s="113"/>
+      <c r="N52" s="106"/>
+      <c r="O52" s="107"/>
+      <c r="P52" s="110"/>
+      <c r="Q52" s="111"/>
+      <c r="R52" s="163"/>
+      <c r="S52" s="163"/>
+      <c r="T52" s="164"/>
+      <c r="U52" s="105"/>
+      <c r="V52" s="105"/>
+      <c r="W52" s="105"/>
+      <c r="X52" s="105"/>
+      <c r="Y52" s="105"/>
+      <c r="Z52" s="105"/>
+      <c r="AA52" s="105"/>
+      <c r="AB52" s="105"/>
+      <c r="AC52" s="105"/>
+      <c r="AD52" s="105"/>
+      <c r="AE52" s="113"/>
+      <c r="AF52" s="113"/>
+      <c r="AG52" s="106"/>
+      <c r="AH52" s="107"/>
+      <c r="AI52" s="105"/>
+      <c r="AJ52" s="106"/>
+      <c r="AK52" s="112"/>
+      <c r="AL52" s="113"/>
       <c r="AM52" s="80"/>
     </row>
     <row r="53" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A53" s="103"/>
-[...10 lines deleted...]
-      <c r="L53" s="110" t="s">
+      <c r="A53" s="105"/>
+      <c r="B53" s="105"/>
+      <c r="C53" s="105"/>
+      <c r="D53" s="105"/>
+      <c r="E53" s="105"/>
+      <c r="F53" s="105"/>
+      <c r="G53" s="105"/>
+      <c r="H53" s="105"/>
+      <c r="I53" s="105"/>
+      <c r="J53" s="105"/>
+      <c r="K53" s="106"/>
+      <c r="L53" s="112" t="s">
         <v>68</v>
       </c>
-      <c r="M53" s="111"/>
-[...4 lines deleted...]
-      <c r="R53" s="132" t="s">
+      <c r="M53" s="113"/>
+      <c r="N53" s="106"/>
+      <c r="O53" s="107"/>
+      <c r="P53" s="108"/>
+      <c r="Q53" s="109"/>
+      <c r="R53" s="162" t="s">
         <v>68</v>
       </c>
-      <c r="S53" s="132"/>
-[...11 lines deleted...]
-      <c r="AE53" s="111" t="s">
+      <c r="S53" s="162"/>
+      <c r="T53" s="164"/>
+      <c r="U53" s="105"/>
+      <c r="V53" s="105"/>
+      <c r="W53" s="105"/>
+      <c r="X53" s="105"/>
+      <c r="Y53" s="105"/>
+      <c r="Z53" s="105"/>
+      <c r="AA53" s="105"/>
+      <c r="AB53" s="105"/>
+      <c r="AC53" s="105"/>
+      <c r="AD53" s="105"/>
+      <c r="AE53" s="113" t="s">
         <v>68</v>
       </c>
-      <c r="AF53" s="111"/>
-[...4 lines deleted...]
-      <c r="AK53" s="110" t="s">
+      <c r="AF53" s="113"/>
+      <c r="AG53" s="106"/>
+      <c r="AH53" s="107"/>
+      <c r="AI53" s="105"/>
+      <c r="AJ53" s="106"/>
+      <c r="AK53" s="112" t="s">
         <v>68</v>
       </c>
-      <c r="AL53" s="111"/>
+      <c r="AL53" s="113"/>
       <c r="AM53" s="80"/>
     </row>
     <row r="54" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A54" s="103"/>
-[...36 lines deleted...]
-      <c r="AL54" s="111"/>
+      <c r="A54" s="105"/>
+      <c r="B54" s="105"/>
+      <c r="C54" s="105"/>
+      <c r="D54" s="105"/>
+      <c r="E54" s="105"/>
+      <c r="F54" s="105"/>
+      <c r="G54" s="105"/>
+      <c r="H54" s="105"/>
+      <c r="I54" s="105"/>
+      <c r="J54" s="105"/>
+      <c r="K54" s="106"/>
+      <c r="L54" s="112"/>
+      <c r="M54" s="113"/>
+      <c r="N54" s="106"/>
+      <c r="O54" s="107"/>
+      <c r="P54" s="110"/>
+      <c r="Q54" s="111"/>
+      <c r="R54" s="163"/>
+      <c r="S54" s="163"/>
+      <c r="T54" s="164"/>
+      <c r="U54" s="105"/>
+      <c r="V54" s="105"/>
+      <c r="W54" s="105"/>
+      <c r="X54" s="105"/>
+      <c r="Y54" s="105"/>
+      <c r="Z54" s="105"/>
+      <c r="AA54" s="105"/>
+      <c r="AB54" s="105"/>
+      <c r="AC54" s="105"/>
+      <c r="AD54" s="105"/>
+      <c r="AE54" s="113"/>
+      <c r="AF54" s="113"/>
+      <c r="AG54" s="106"/>
+      <c r="AH54" s="107"/>
+      <c r="AI54" s="105"/>
+      <c r="AJ54" s="106"/>
+      <c r="AK54" s="112"/>
+      <c r="AL54" s="113"/>
       <c r="AM54" s="80"/>
     </row>
     <row r="55" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A55" s="103"/>
-[...10 lines deleted...]
-      <c r="L55" s="110" t="s">
+      <c r="A55" s="105"/>
+      <c r="B55" s="105"/>
+      <c r="C55" s="105"/>
+      <c r="D55" s="105"/>
+      <c r="E55" s="105"/>
+      <c r="F55" s="105"/>
+      <c r="G55" s="105"/>
+      <c r="H55" s="105"/>
+      <c r="I55" s="105"/>
+      <c r="J55" s="105"/>
+      <c r="K55" s="106"/>
+      <c r="L55" s="112" t="s">
         <v>68</v>
       </c>
-      <c r="M55" s="111"/>
-[...4 lines deleted...]
-      <c r="R55" s="132" t="s">
+      <c r="M55" s="113"/>
+      <c r="N55" s="106"/>
+      <c r="O55" s="107"/>
+      <c r="P55" s="108"/>
+      <c r="Q55" s="109"/>
+      <c r="R55" s="162" t="s">
         <v>68</v>
       </c>
-      <c r="S55" s="132"/>
-[...11 lines deleted...]
-      <c r="AE55" s="111" t="s">
+      <c r="S55" s="162"/>
+      <c r="T55" s="164"/>
+      <c r="U55" s="105"/>
+      <c r="V55" s="105"/>
+      <c r="W55" s="105"/>
+      <c r="X55" s="105"/>
+      <c r="Y55" s="105"/>
+      <c r="Z55" s="105"/>
+      <c r="AA55" s="105"/>
+      <c r="AB55" s="105"/>
+      <c r="AC55" s="105"/>
+      <c r="AD55" s="105"/>
+      <c r="AE55" s="113" t="s">
         <v>68</v>
       </c>
-      <c r="AF55" s="111"/>
-[...4 lines deleted...]
-      <c r="AK55" s="110" t="s">
+      <c r="AF55" s="113"/>
+      <c r="AG55" s="106"/>
+      <c r="AH55" s="107"/>
+      <c r="AI55" s="105"/>
+      <c r="AJ55" s="106"/>
+      <c r="AK55" s="112" t="s">
         <v>68</v>
       </c>
-      <c r="AL55" s="111"/>
+      <c r="AL55" s="113"/>
       <c r="AM55" s="80"/>
     </row>
     <row r="56" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A56" s="103"/>
-[...36 lines deleted...]
-      <c r="AL56" s="111"/>
+      <c r="A56" s="105"/>
+      <c r="B56" s="105"/>
+      <c r="C56" s="105"/>
+      <c r="D56" s="105"/>
+      <c r="E56" s="105"/>
+      <c r="F56" s="105"/>
+      <c r="G56" s="105"/>
+      <c r="H56" s="105"/>
+      <c r="I56" s="105"/>
+      <c r="J56" s="105"/>
+      <c r="K56" s="106"/>
+      <c r="L56" s="112"/>
+      <c r="M56" s="113"/>
+      <c r="N56" s="106"/>
+      <c r="O56" s="107"/>
+      <c r="P56" s="110"/>
+      <c r="Q56" s="111"/>
+      <c r="R56" s="163"/>
+      <c r="S56" s="163"/>
+      <c r="T56" s="164"/>
+      <c r="U56" s="105"/>
+      <c r="V56" s="105"/>
+      <c r="W56" s="105"/>
+      <c r="X56" s="105"/>
+      <c r="Y56" s="105"/>
+      <c r="Z56" s="105"/>
+      <c r="AA56" s="105"/>
+      <c r="AB56" s="105"/>
+      <c r="AC56" s="105"/>
+      <c r="AD56" s="105"/>
+      <c r="AE56" s="113"/>
+      <c r="AF56" s="113"/>
+      <c r="AG56" s="106"/>
+      <c r="AH56" s="107"/>
+      <c r="AI56" s="105"/>
+      <c r="AJ56" s="106"/>
+      <c r="AK56" s="112"/>
+      <c r="AL56" s="113"/>
       <c r="AM56" s="80"/>
     </row>
     <row r="57" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A57" s="103"/>
-[...10 lines deleted...]
-      <c r="L57" s="110" t="s">
+      <c r="A57" s="105"/>
+      <c r="B57" s="105"/>
+      <c r="C57" s="105"/>
+      <c r="D57" s="105"/>
+      <c r="E57" s="105"/>
+      <c r="F57" s="105"/>
+      <c r="G57" s="105"/>
+      <c r="H57" s="105"/>
+      <c r="I57" s="105"/>
+      <c r="J57" s="105"/>
+      <c r="K57" s="106"/>
+      <c r="L57" s="112" t="s">
         <v>68</v>
       </c>
-      <c r="M57" s="111"/>
-[...4 lines deleted...]
-      <c r="R57" s="132" t="s">
+      <c r="M57" s="113"/>
+      <c r="N57" s="106"/>
+      <c r="O57" s="107"/>
+      <c r="P57" s="108"/>
+      <c r="Q57" s="109"/>
+      <c r="R57" s="162" t="s">
         <v>68</v>
       </c>
-      <c r="S57" s="132"/>
-[...11 lines deleted...]
-      <c r="AE57" s="111" t="s">
+      <c r="S57" s="162"/>
+      <c r="T57" s="164"/>
+      <c r="U57" s="105"/>
+      <c r="V57" s="105"/>
+      <c r="W57" s="105"/>
+      <c r="X57" s="105"/>
+      <c r="Y57" s="105"/>
+      <c r="Z57" s="105"/>
+      <c r="AA57" s="105"/>
+      <c r="AB57" s="105"/>
+      <c r="AC57" s="105"/>
+      <c r="AD57" s="105"/>
+      <c r="AE57" s="113" t="s">
         <v>68</v>
       </c>
-      <c r="AF57" s="111"/>
-[...4 lines deleted...]
-      <c r="AK57" s="110" t="s">
+      <c r="AF57" s="113"/>
+      <c r="AG57" s="106"/>
+      <c r="AH57" s="107"/>
+      <c r="AI57" s="105"/>
+      <c r="AJ57" s="106"/>
+      <c r="AK57" s="112" t="s">
         <v>68</v>
       </c>
-      <c r="AL57" s="111"/>
+      <c r="AL57" s="113"/>
       <c r="AM57" s="80"/>
     </row>
     <row r="58" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A58" s="103"/>
-[...36 lines deleted...]
-      <c r="AL58" s="111"/>
+      <c r="A58" s="105"/>
+      <c r="B58" s="105"/>
+      <c r="C58" s="105"/>
+      <c r="D58" s="105"/>
+      <c r="E58" s="105"/>
+      <c r="F58" s="105"/>
+      <c r="G58" s="105"/>
+      <c r="H58" s="105"/>
+      <c r="I58" s="105"/>
+      <c r="J58" s="105"/>
+      <c r="K58" s="106"/>
+      <c r="L58" s="112"/>
+      <c r="M58" s="113"/>
+      <c r="N58" s="106"/>
+      <c r="O58" s="107"/>
+      <c r="P58" s="110"/>
+      <c r="Q58" s="111"/>
+      <c r="R58" s="163"/>
+      <c r="S58" s="163"/>
+      <c r="T58" s="164"/>
+      <c r="U58" s="105"/>
+      <c r="V58" s="105"/>
+      <c r="W58" s="105"/>
+      <c r="X58" s="105"/>
+      <c r="Y58" s="105"/>
+      <c r="Z58" s="105"/>
+      <c r="AA58" s="105"/>
+      <c r="AB58" s="105"/>
+      <c r="AC58" s="105"/>
+      <c r="AD58" s="105"/>
+      <c r="AE58" s="113"/>
+      <c r="AF58" s="113"/>
+      <c r="AG58" s="106"/>
+      <c r="AH58" s="107"/>
+      <c r="AI58" s="105"/>
+      <c r="AJ58" s="106"/>
+      <c r="AK58" s="112"/>
+      <c r="AL58" s="113"/>
       <c r="AM58" s="80"/>
     </row>
     <row r="59" spans="1:39" ht="13.5" customHeight="1">
       <c r="A59" s="5"/>
       <c r="B59" s="5"/>
       <c r="C59" s="80"/>
       <c r="D59" s="80"/>
       <c r="E59" s="80"/>
       <c r="F59" s="80"/>
       <c r="G59" s="80"/>
       <c r="H59" s="80"/>
       <c r="I59" s="80"/>
       <c r="J59" s="5"/>
       <c r="K59" s="80"/>
       <c r="L59" s="80"/>
       <c r="M59" s="80"/>
       <c r="S59" s="4"/>
       <c r="T59" s="80"/>
       <c r="U59" s="80"/>
       <c r="V59" s="80"/>
       <c r="W59" s="80"/>
       <c r="X59" s="80"/>
       <c r="Y59" s="80"/>
       <c r="Z59" s="80"/>
       <c r="AA59" s="80"/>
@@ -8190,231 +8190,231 @@
     </row>
     <row r="60" spans="1:39">
       <c r="T60" s="334" t="s">
         <v>69</v>
       </c>
       <c r="U60" s="333"/>
       <c r="V60" s="333"/>
       <c r="W60" s="333"/>
       <c r="X60" s="333"/>
       <c r="Y60" s="333"/>
       <c r="Z60" s="333"/>
       <c r="AA60" s="333"/>
       <c r="AB60" s="333"/>
       <c r="AC60" s="333"/>
       <c r="AD60" s="333"/>
       <c r="AE60" s="333"/>
       <c r="AF60" s="333"/>
       <c r="AG60" s="4"/>
       <c r="AH60" s="4"/>
       <c r="AI60" s="4"/>
       <c r="AJ60" s="4"/>
       <c r="AK60" s="4"/>
       <c r="AL60" s="4"/>
     </row>
     <row r="61" spans="1:39">
-      <c r="A61" s="139" t="s">
+      <c r="A61" s="169" t="s">
         <v>70</v>
       </c>
-      <c r="B61" s="139"/>
-[...16 lines deleted...]
-      <c r="S61" s="139"/>
+      <c r="B61" s="169"/>
+      <c r="C61" s="169"/>
+      <c r="D61" s="169"/>
+      <c r="E61" s="169"/>
+      <c r="F61" s="169"/>
+      <c r="G61" s="169"/>
+      <c r="H61" s="169"/>
+      <c r="I61" s="169"/>
+      <c r="J61" s="169"/>
+      <c r="K61" s="169"/>
+      <c r="L61" s="169"/>
+      <c r="M61" s="169"/>
+      <c r="N61" s="169"/>
+      <c r="O61" s="169"/>
+      <c r="P61" s="169"/>
+      <c r="Q61" s="169"/>
+      <c r="R61" s="169"/>
+      <c r="S61" s="169"/>
       <c r="T61" s="334" t="s">
         <v>71</v>
       </c>
       <c r="U61" s="333"/>
       <c r="V61" s="333"/>
       <c r="W61" s="333"/>
       <c r="X61" s="333"/>
       <c r="Y61" s="333"/>
       <c r="Z61" s="333"/>
       <c r="AA61" s="333"/>
       <c r="AB61" s="333"/>
       <c r="AC61" s="333"/>
       <c r="AD61" s="333"/>
       <c r="AE61" s="333"/>
       <c r="AF61" s="333"/>
       <c r="AG61" s="4"/>
-      <c r="AH61" s="180" t="s">
+      <c r="AH61" s="206" t="s">
         <v>72</v>
       </c>
-      <c r="AI61" s="180"/>
-[...2 lines deleted...]
-      <c r="AL61" s="180"/>
+      <c r="AI61" s="206"/>
+      <c r="AJ61" s="206"/>
+      <c r="AK61" s="206"/>
+      <c r="AL61" s="206"/>
     </row>
     <row r="62" spans="1:39">
-      <c r="A62" s="139"/>
-[...17 lines deleted...]
-      <c r="S62" s="139"/>
+      <c r="A62" s="169"/>
+      <c r="B62" s="169"/>
+      <c r="C62" s="169"/>
+      <c r="D62" s="169"/>
+      <c r="E62" s="169"/>
+      <c r="F62" s="169"/>
+      <c r="G62" s="169"/>
+      <c r="H62" s="169"/>
+      <c r="I62" s="169"/>
+      <c r="J62" s="169"/>
+      <c r="K62" s="169"/>
+      <c r="L62" s="169"/>
+      <c r="M62" s="169"/>
+      <c r="N62" s="169"/>
+      <c r="O62" s="169"/>
+      <c r="P62" s="169"/>
+      <c r="Q62" s="169"/>
+      <c r="R62" s="169"/>
+      <c r="S62" s="169"/>
       <c r="AF62" s="4"/>
       <c r="AG62" s="4"/>
-      <c r="AH62" s="113"/>
-[...3 lines deleted...]
-      <c r="AL62" s="113"/>
+      <c r="AH62" s="115"/>
+      <c r="AI62" s="115"/>
+      <c r="AJ62" s="115"/>
+      <c r="AK62" s="115"/>
+      <c r="AL62" s="115"/>
     </row>
     <row r="63" spans="1:39" ht="17.25" customHeight="1">
       <c r="A63" s="332" t="s">
         <v>73</v>
       </c>
       <c r="B63" s="333"/>
       <c r="C63" s="333"/>
       <c r="D63" s="333"/>
       <c r="E63" s="333"/>
       <c r="F63" s="333"/>
       <c r="G63" s="333"/>
       <c r="H63" s="333"/>
       <c r="I63" s="333"/>
       <c r="J63" s="333"/>
       <c r="K63" s="333"/>
       <c r="L63" s="333"/>
       <c r="M63" s="333"/>
       <c r="N63" s="333"/>
       <c r="R63" s="2" t="s">
         <v>74</v>
       </c>
       <c r="S63" s="2"/>
       <c r="T63" s="322"/>
       <c r="U63" s="335"/>
       <c r="V63" s="335"/>
       <c r="W63" s="335"/>
       <c r="X63" s="335"/>
       <c r="Y63" s="335"/>
       <c r="Z63" s="335"/>
       <c r="AA63" s="335"/>
       <c r="AB63" s="335"/>
       <c r="AC63" s="335"/>
       <c r="AD63" s="335"/>
       <c r="AE63" s="335"/>
       <c r="AF63" s="335"/>
       <c r="AG63" s="4"/>
-      <c r="AH63" s="113"/>
-[...3 lines deleted...]
-      <c r="AL63" s="113"/>
+      <c r="AH63" s="115"/>
+      <c r="AI63" s="115"/>
+      <c r="AJ63" s="115"/>
+      <c r="AK63" s="115"/>
+      <c r="AL63" s="115"/>
     </row>
     <row r="64" spans="1:39">
       <c r="P64" s="1" t="s">
         <v>75</v>
       </c>
       <c r="AF64" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AG64" s="6"/>
-      <c r="AH64" s="180" t="s">
+      <c r="AH64" s="206" t="s">
         <v>77</v>
       </c>
-      <c r="AI64" s="180"/>
-[...2 lines deleted...]
-      <c r="AL64" s="180"/>
+      <c r="AI64" s="206"/>
+      <c r="AJ64" s="206"/>
+      <c r="AK64" s="206"/>
+      <c r="AL64" s="206"/>
     </row>
     <row r="65" spans="1:38" ht="17.25" customHeight="1">
       <c r="R65" s="2" t="s">
         <v>78</v>
       </c>
       <c r="S65" s="2"/>
       <c r="T65" s="322"/>
       <c r="U65" s="322"/>
       <c r="V65" s="322"/>
       <c r="W65" s="322"/>
       <c r="X65" s="322"/>
       <c r="Y65" s="322"/>
       <c r="Z65" s="322"/>
       <c r="AA65" s="322"/>
       <c r="AB65" s="322"/>
       <c r="AC65" s="322"/>
       <c r="AD65" s="322"/>
       <c r="AE65" s="322"/>
       <c r="AF65" s="11" t="s">
         <v>79</v>
       </c>
       <c r="AG65" s="15"/>
-      <c r="AH65" s="163"/>
-[...5 lines deleted...]
-    <row r="66" spans="1:38" ht="14.25">
+      <c r="AH65" s="189"/>
+      <c r="AI65" s="190"/>
+      <c r="AJ65" s="190"/>
+      <c r="AK65" s="190"/>
+      <c r="AL65" s="190"/>
+    </row>
+    <row r="66" spans="1:38" ht="14.4">
       <c r="A66" s="8" t="s">
         <v>80</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="2"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
       <c r="I66" s="2"/>
       <c r="J66" s="2"/>
       <c r="K66" s="2"/>
       <c r="L66" s="2"/>
       <c r="M66" s="2"/>
       <c r="T66" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="AH66" s="164"/>
-[...3 lines deleted...]
-      <c r="AL66" s="164"/>
+      <c r="AH66" s="190"/>
+      <c r="AI66" s="190"/>
+      <c r="AJ66" s="190"/>
+      <c r="AK66" s="190"/>
+      <c r="AL66" s="190"/>
     </row>
     <row r="67" spans="1:38" ht="20.25" customHeight="1"/>
     <row r="68" spans="1:38" ht="14.25" customHeight="1"/>
     <row r="69" spans="1:38" ht="14.25" customHeight="1"/>
   </sheetData>
   <sheetProtection sheet="1" selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange sqref="A2:U7 L8:U8 G10:U11 AG12:AL13 AH16:AK16 AG19:AL22 AG24:AL32 AJ36:AK37 Y14:Z41 B51:K58 N51:Q58 U51:AD58 K14:N41" name="範囲1"/>
   </protectedRanges>
   <mergeCells count="358">
     <mergeCell ref="AA30:AE30"/>
     <mergeCell ref="AA40:AE40"/>
     <mergeCell ref="Y40:Z40"/>
     <mergeCell ref="Y28:Z28"/>
     <mergeCell ref="R31:U31"/>
     <mergeCell ref="R30:U30"/>
     <mergeCell ref="R29:U29"/>
     <mergeCell ref="W35:X36"/>
     <mergeCell ref="AA44:AF44"/>
     <mergeCell ref="Y42:Z43"/>
     <mergeCell ref="AA39:AE39"/>
     <mergeCell ref="Y39:Z39"/>
     <mergeCell ref="Y36:Z36"/>
     <mergeCell ref="AA36:AE36"/>
     <mergeCell ref="Y37:Z37"/>
@@ -8492,68 +8492,68 @@
     <mergeCell ref="R26:U26"/>
     <mergeCell ref="AA28:AE28"/>
     <mergeCell ref="AA27:AE27"/>
     <mergeCell ref="Y29:Z29"/>
     <mergeCell ref="AA29:AE29"/>
     <mergeCell ref="Y27:Z27"/>
     <mergeCell ref="Y30:Z30"/>
     <mergeCell ref="G29:J29"/>
     <mergeCell ref="A26:A28"/>
     <mergeCell ref="B26:F28"/>
     <mergeCell ref="G28:J28"/>
     <mergeCell ref="K31:N31"/>
     <mergeCell ref="B23:F25"/>
     <mergeCell ref="K23:N23"/>
     <mergeCell ref="K26:N26"/>
     <mergeCell ref="K28:N28"/>
     <mergeCell ref="K30:N30"/>
     <mergeCell ref="K29:N29"/>
     <mergeCell ref="K27:N27"/>
     <mergeCell ref="G30:J30"/>
     <mergeCell ref="G24:J24"/>
     <mergeCell ref="K24:N24"/>
     <mergeCell ref="K25:N25"/>
     <mergeCell ref="G27:J27"/>
     <mergeCell ref="G31:J31"/>
+    <mergeCell ref="G26:J26"/>
+    <mergeCell ref="G23:J23"/>
+    <mergeCell ref="G25:J25"/>
+    <mergeCell ref="A23:A25"/>
+    <mergeCell ref="A29:A31"/>
+    <mergeCell ref="B29:F31"/>
     <mergeCell ref="A20:A22"/>
     <mergeCell ref="B20:F22"/>
     <mergeCell ref="B14:F16"/>
     <mergeCell ref="A14:A16"/>
     <mergeCell ref="K22:N22"/>
     <mergeCell ref="G21:J21"/>
     <mergeCell ref="G22:J22"/>
     <mergeCell ref="A17:A19"/>
     <mergeCell ref="B17:F19"/>
     <mergeCell ref="K17:N17"/>
     <mergeCell ref="G19:J19"/>
-    <mergeCell ref="G26:J26"/>
-[...1 lines deleted...]
-    <mergeCell ref="G25:J25"/>
     <mergeCell ref="G20:J20"/>
-    <mergeCell ref="A23:A25"/>
-[...1 lines deleted...]
-    <mergeCell ref="B29:F31"/>
     <mergeCell ref="A9:F11"/>
     <mergeCell ref="G10:G11"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="R14:U14"/>
     <mergeCell ref="K15:N15"/>
     <mergeCell ref="R12:V13"/>
     <mergeCell ref="I9:J9"/>
     <mergeCell ref="I10:J11"/>
     <mergeCell ref="M9:R9"/>
     <mergeCell ref="N10:N11"/>
     <mergeCell ref="M10:M11"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="L10:L11"/>
     <mergeCell ref="K10:K11"/>
     <mergeCell ref="H10:H11"/>
     <mergeCell ref="K14:N14"/>
     <mergeCell ref="G14:J14"/>
     <mergeCell ref="G15:J15"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="B12:F13"/>
     <mergeCell ref="G12:J13"/>
     <mergeCell ref="S9:U9"/>
     <mergeCell ref="O10:O11"/>
     <mergeCell ref="U10:U11"/>
     <mergeCell ref="AA26:AE26"/>
@@ -8743,407 +8743,407 @@
     <mergeCell ref="P42:Q43"/>
     <mergeCell ref="A32:A37"/>
     <mergeCell ref="G32:J32"/>
     <mergeCell ref="W37:X37"/>
     <mergeCell ref="P36:Q37"/>
     <mergeCell ref="W32:X33"/>
     <mergeCell ref="W34:X34"/>
     <mergeCell ref="P38:Q39"/>
     <mergeCell ref="P40:Q40"/>
     <mergeCell ref="W39:X40"/>
     <mergeCell ref="P21:Q22"/>
     <mergeCell ref="W20:X22"/>
     <mergeCell ref="W24:X25"/>
     <mergeCell ref="P26:Q28"/>
     <mergeCell ref="W27:X28"/>
     <mergeCell ref="P29:Q31"/>
     <mergeCell ref="W29:X29"/>
     <mergeCell ref="W30:X31"/>
     <mergeCell ref="P33:Q34"/>
     <mergeCell ref="P24:Q24"/>
     <mergeCell ref="P23:Q23"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="71" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="69" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A2:AM69"/>
   <sheetViews>
     <sheetView showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.5"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.2"/>
   <cols>
-    <col min="1" max="43" width="3.125" style="1" customWidth="1"/>
+    <col min="1" max="43" width="3.109375" style="1" customWidth="1"/>
     <col min="44" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:39" ht="22.5" customHeight="1">
       <c r="A2" s="400">
         <f>'事業主控（このシートに入力）'!A2:U3</f>
         <v>0</v>
       </c>
       <c r="B2" s="401"/>
       <c r="C2" s="401"/>
       <c r="D2" s="401"/>
       <c r="E2" s="401"/>
       <c r="F2" s="401"/>
       <c r="G2" s="401"/>
       <c r="H2" s="401"/>
       <c r="I2" s="401"/>
       <c r="J2" s="401"/>
       <c r="K2" s="401"/>
       <c r="L2" s="401"/>
       <c r="M2" s="401"/>
       <c r="N2" s="401"/>
       <c r="O2" s="401"/>
       <c r="P2" s="401"/>
       <c r="Q2" s="401"/>
       <c r="R2" s="401"/>
       <c r="S2" s="401"/>
       <c r="T2" s="401"/>
       <c r="U2" s="402"/>
       <c r="V2" s="406" t="s">
         <v>0</v>
       </c>
       <c r="W2" s="407"/>
       <c r="X2" s="407"/>
       <c r="Y2" s="407"/>
       <c r="Z2" s="407"/>
       <c r="AA2" s="407"/>
-      <c r="AB2" s="183" t="s">
+      <c r="AB2" s="209" t="s">
         <v>1</v>
       </c>
-      <c r="AC2" s="183"/>
-[...7 lines deleted...]
-      <c r="AK2" s="183"/>
+      <c r="AC2" s="209"/>
+      <c r="AD2" s="209"/>
+      <c r="AE2" s="209"/>
+      <c r="AF2" s="209"/>
+      <c r="AG2" s="209"/>
+      <c r="AH2" s="209"/>
+      <c r="AI2" s="209"/>
+      <c r="AJ2" s="209"/>
+      <c r="AK2" s="209"/>
       <c r="AL2" s="39"/>
     </row>
     <row r="3" spans="1:39" ht="22.5" customHeight="1">
       <c r="A3" s="403"/>
       <c r="B3" s="404"/>
       <c r="C3" s="404"/>
       <c r="D3" s="404"/>
       <c r="E3" s="404"/>
       <c r="F3" s="404"/>
       <c r="G3" s="404"/>
       <c r="H3" s="404"/>
       <c r="I3" s="404"/>
       <c r="J3" s="404"/>
       <c r="K3" s="404"/>
       <c r="L3" s="404"/>
       <c r="M3" s="404"/>
       <c r="N3" s="404"/>
       <c r="O3" s="404"/>
       <c r="P3" s="404"/>
       <c r="Q3" s="404"/>
       <c r="R3" s="404"/>
       <c r="S3" s="404"/>
       <c r="T3" s="404"/>
       <c r="U3" s="405"/>
       <c r="V3" s="406"/>
       <c r="W3" s="407"/>
       <c r="X3" s="407"/>
       <c r="Y3" s="407"/>
       <c r="Z3" s="407"/>
       <c r="AA3" s="407"/>
-      <c r="AB3" s="183" t="s">
+      <c r="AB3" s="209" t="s">
         <v>2</v>
       </c>
-      <c r="AC3" s="183"/>
-[...8 lines deleted...]
-      <c r="AL3" s="183"/>
+      <c r="AC3" s="209"/>
+      <c r="AD3" s="209"/>
+      <c r="AE3" s="209"/>
+      <c r="AF3" s="209"/>
+      <c r="AG3" s="209"/>
+      <c r="AH3" s="209"/>
+      <c r="AI3" s="209"/>
+      <c r="AJ3" s="209"/>
+      <c r="AK3" s="209"/>
+      <c r="AL3" s="209"/>
     </row>
     <row r="4" spans="1:39" ht="22.5" customHeight="1">
       <c r="A4" s="403">
         <f>'事業主控（このシートに入力）'!A4:U5</f>
         <v>0</v>
       </c>
       <c r="B4" s="404"/>
       <c r="C4" s="404"/>
       <c r="D4" s="404"/>
       <c r="E4" s="404"/>
       <c r="F4" s="404"/>
       <c r="G4" s="404"/>
       <c r="H4" s="404"/>
       <c r="I4" s="404"/>
       <c r="J4" s="404"/>
       <c r="K4" s="404"/>
       <c r="L4" s="404"/>
       <c r="M4" s="404"/>
       <c r="N4" s="404"/>
       <c r="O4" s="404"/>
       <c r="P4" s="404"/>
       <c r="Q4" s="404"/>
       <c r="R4" s="404"/>
       <c r="S4" s="404"/>
       <c r="T4" s="404"/>
       <c r="U4" s="405"/>
-      <c r="W4" s="179" t="s">
+      <c r="W4" s="205" t="s">
         <v>3</v>
       </c>
-      <c r="X4" s="179"/>
-[...13 lines deleted...]
-      <c r="AL4" s="179"/>
+      <c r="X4" s="205"/>
+      <c r="Y4" s="205"/>
+      <c r="Z4" s="205"/>
+      <c r="AA4" s="205"/>
+      <c r="AB4" s="205"/>
+      <c r="AC4" s="205"/>
+      <c r="AD4" s="205"/>
+      <c r="AE4" s="205"/>
+      <c r="AF4" s="205"/>
+      <c r="AG4" s="205"/>
+      <c r="AH4" s="205"/>
+      <c r="AI4" s="205"/>
+      <c r="AJ4" s="205"/>
+      <c r="AK4" s="205"/>
+      <c r="AL4" s="205"/>
     </row>
     <row r="5" spans="1:39" ht="22.5" customHeight="1">
       <c r="A5" s="403"/>
       <c r="B5" s="404"/>
       <c r="C5" s="404"/>
       <c r="D5" s="404"/>
       <c r="E5" s="404"/>
       <c r="F5" s="404"/>
       <c r="G5" s="404"/>
       <c r="H5" s="404"/>
       <c r="I5" s="404"/>
       <c r="J5" s="404"/>
       <c r="K5" s="404"/>
       <c r="L5" s="404"/>
       <c r="M5" s="404"/>
       <c r="N5" s="404"/>
       <c r="O5" s="404"/>
       <c r="P5" s="404"/>
       <c r="Q5" s="404"/>
       <c r="R5" s="404"/>
       <c r="S5" s="404"/>
       <c r="T5" s="404"/>
       <c r="U5" s="405"/>
       <c r="V5" s="5"/>
-      <c r="W5" s="179"/>
-[...14 lines deleted...]
-      <c r="AL5" s="179"/>
+      <c r="W5" s="205"/>
+      <c r="X5" s="205"/>
+      <c r="Y5" s="205"/>
+      <c r="Z5" s="205"/>
+      <c r="AA5" s="205"/>
+      <c r="AB5" s="205"/>
+      <c r="AC5" s="205"/>
+      <c r="AD5" s="205"/>
+      <c r="AE5" s="205"/>
+      <c r="AF5" s="205"/>
+      <c r="AG5" s="205"/>
+      <c r="AH5" s="205"/>
+      <c r="AI5" s="205"/>
+      <c r="AJ5" s="205"/>
+      <c r="AK5" s="205"/>
+      <c r="AL5" s="205"/>
       <c r="AM5" s="3"/>
     </row>
     <row r="6" spans="1:39" ht="22.5" customHeight="1">
       <c r="A6" s="408">
         <f>'事業主控（このシートに入力）'!A6:U7</f>
         <v>0</v>
       </c>
       <c r="B6" s="409"/>
       <c r="C6" s="409"/>
       <c r="D6" s="409"/>
       <c r="E6" s="409"/>
       <c r="F6" s="409"/>
       <c r="G6" s="409"/>
       <c r="H6" s="409"/>
       <c r="I6" s="409"/>
       <c r="J6" s="409"/>
       <c r="K6" s="409"/>
       <c r="L6" s="409"/>
       <c r="M6" s="409"/>
       <c r="N6" s="409"/>
       <c r="O6" s="409"/>
       <c r="P6" s="409"/>
       <c r="Q6" s="409"/>
       <c r="R6" s="409"/>
       <c r="S6" s="409"/>
       <c r="T6" s="409"/>
       <c r="U6" s="410"/>
       <c r="V6" s="5"/>
-      <c r="W6" s="179"/>
-[...14 lines deleted...]
-      <c r="AL6" s="179"/>
+      <c r="W6" s="205"/>
+      <c r="X6" s="205"/>
+      <c r="Y6" s="205"/>
+      <c r="Z6" s="205"/>
+      <c r="AA6" s="205"/>
+      <c r="AB6" s="205"/>
+      <c r="AC6" s="205"/>
+      <c r="AD6" s="205"/>
+      <c r="AE6" s="205"/>
+      <c r="AF6" s="205"/>
+      <c r="AG6" s="205"/>
+      <c r="AH6" s="205"/>
+      <c r="AI6" s="205"/>
+      <c r="AJ6" s="205"/>
+      <c r="AK6" s="205"/>
+      <c r="AL6" s="205"/>
       <c r="AM6" s="3"/>
     </row>
     <row r="7" spans="1:39" ht="22.5" customHeight="1">
       <c r="A7" s="411"/>
       <c r="B7" s="412"/>
       <c r="C7" s="412"/>
       <c r="D7" s="412"/>
       <c r="E7" s="412"/>
       <c r="F7" s="412"/>
       <c r="G7" s="412"/>
       <c r="H7" s="412"/>
       <c r="I7" s="412"/>
       <c r="J7" s="412"/>
       <c r="K7" s="412"/>
       <c r="L7" s="412"/>
       <c r="M7" s="412"/>
       <c r="N7" s="412"/>
       <c r="O7" s="412"/>
       <c r="P7" s="412"/>
       <c r="Q7" s="412"/>
       <c r="R7" s="412"/>
       <c r="S7" s="412"/>
       <c r="T7" s="412"/>
       <c r="U7" s="413"/>
       <c r="V7" s="3"/>
-      <c r="W7" s="179"/>
-[...14 lines deleted...]
-      <c r="AL7" s="179"/>
+      <c r="W7" s="205"/>
+      <c r="X7" s="205"/>
+      <c r="Y7" s="205"/>
+      <c r="Z7" s="205"/>
+      <c r="AA7" s="205"/>
+      <c r="AB7" s="205"/>
+      <c r="AC7" s="205"/>
+      <c r="AD7" s="205"/>
+      <c r="AE7" s="205"/>
+      <c r="AF7" s="205"/>
+      <c r="AG7" s="205"/>
+      <c r="AH7" s="205"/>
+      <c r="AI7" s="205"/>
+      <c r="AJ7" s="205"/>
+      <c r="AK7" s="205"/>
+      <c r="AL7" s="205"/>
     </row>
     <row r="8" spans="1:39" ht="22.5" customHeight="1" thickBot="1">
-      <c r="H8" s="177" t="s">
+      <c r="H8" s="203" t="s">
         <v>4</v>
       </c>
-      <c r="I8" s="177"/>
-[...2 lines deleted...]
-      <c r="L8" s="177">
+      <c r="I8" s="203"/>
+      <c r="J8" s="203"/>
+      <c r="K8" s="203"/>
+      <c r="L8" s="203">
         <f>'事業主控（このシートに入力）'!L8:U8</f>
         <v>0</v>
       </c>
-      <c r="M8" s="177"/>
-[...7 lines deleted...]
-      <c r="U8" s="177"/>
+      <c r="M8" s="203"/>
+      <c r="N8" s="203"/>
+      <c r="O8" s="203"/>
+      <c r="P8" s="203"/>
+      <c r="Q8" s="203"/>
+      <c r="R8" s="203"/>
+      <c r="S8" s="203"/>
+      <c r="T8" s="203"/>
+      <c r="U8" s="203"/>
     </row>
     <row r="9" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A9" s="240" t="s">
+      <c r="A9" s="255" t="s">
         <v>5</v>
       </c>
-      <c r="B9" s="241"/>
-[...4 lines deleted...]
-      <c r="G9" s="248" t="s">
+      <c r="B9" s="256"/>
+      <c r="C9" s="256"/>
+      <c r="D9" s="256"/>
+      <c r="E9" s="256"/>
+      <c r="F9" s="256"/>
+      <c r="G9" s="263" t="s">
         <v>6</v>
       </c>
-      <c r="H9" s="249"/>
-      <c r="I9" s="223" t="s">
+      <c r="H9" s="264"/>
+      <c r="I9" s="241" t="s">
         <v>7</v>
       </c>
-      <c r="J9" s="225"/>
-      <c r="K9" s="249" t="s">
+      <c r="J9" s="243"/>
+      <c r="K9" s="264" t="s">
         <v>8</v>
       </c>
-      <c r="L9" s="249"/>
-      <c r="M9" s="249" t="s">
+      <c r="L9" s="264"/>
+      <c r="M9" s="264" t="s">
         <v>9</v>
       </c>
-      <c r="N9" s="249"/>
-[...4 lines deleted...]
-      <c r="S9" s="249" t="s">
+      <c r="N9" s="264"/>
+      <c r="O9" s="264"/>
+      <c r="P9" s="264"/>
+      <c r="Q9" s="264"/>
+      <c r="R9" s="264"/>
+      <c r="S9" s="264" t="s">
         <v>10</v>
       </c>
-      <c r="T9" s="249"/>
-[...1 lines deleted...]
-      <c r="W9" s="139" t="s">
+      <c r="T9" s="264"/>
+      <c r="U9" s="275"/>
+      <c r="W9" s="169" t="s">
         <v>11</v>
       </c>
-      <c r="X9" s="139"/>
-[...3 lines deleted...]
-      <c r="AE9" s="139" t="s">
+      <c r="X9" s="169"/>
+      <c r="Y9" s="169"/>
+      <c r="Z9" s="169"/>
+      <c r="AA9" s="169"/>
+      <c r="AE9" s="169" t="s">
         <v>12</v>
       </c>
-      <c r="AF9" s="139"/>
-      <c r="AG9" s="139"/>
+      <c r="AF9" s="169"/>
+      <c r="AG9" s="169"/>
       <c r="AH9" s="12"/>
       <c r="AI9" s="12"/>
       <c r="AJ9" s="12"/>
       <c r="AK9" s="12"/>
       <c r="AL9" s="12"/>
     </row>
     <row r="10" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A10" s="242"/>
-[...4 lines deleted...]
-      <c r="F10" s="243"/>
+      <c r="A10" s="257"/>
+      <c r="B10" s="258"/>
+      <c r="C10" s="258"/>
+      <c r="D10" s="258"/>
+      <c r="E10" s="258"/>
+      <c r="F10" s="258"/>
       <c r="G10" s="415">
         <f>'事業主控（このシートに入力）'!G10:G11</f>
         <v>0</v>
       </c>
       <c r="H10" s="393">
         <f>'事業主控（このシートに入力）'!H10:H11</f>
         <v>0</v>
       </c>
       <c r="I10" s="390">
         <f>'事業主控（このシートに入力）'!I10:J11</f>
         <v>0</v>
       </c>
       <c r="J10" s="90"/>
       <c r="K10" s="391">
         <f>'事業主控（このシートに入力）'!K10:K11</f>
         <v>0</v>
       </c>
       <c r="L10" s="393">
         <f>'事業主控（このシートに入力）'!L10:L11</f>
         <v>0</v>
       </c>
       <c r="M10" s="391">
         <f>'事業主控（このシートに入力）'!M10:M11</f>
         <v>0</v>
       </c>
@@ -9157,2066 +9157,2066 @@
       </c>
       <c r="P10" s="388">
         <f>'事業主控（このシートに入力）'!P10:P11</f>
         <v>0</v>
       </c>
       <c r="Q10" s="388">
         <f>'事業主控（このシートに入力）'!Q10:Q11</f>
         <v>0</v>
       </c>
       <c r="R10" s="414">
         <f>'事業主控（このシートに入力）'!R10:R11</f>
         <v>0</v>
       </c>
       <c r="S10" s="395">
         <f>'事業主控（このシートに入力）'!S10:S11</f>
         <v>0</v>
       </c>
       <c r="T10" s="388">
         <f>'事業主控（このシートに入力）'!T10:T11</f>
         <v>0</v>
       </c>
       <c r="U10" s="396">
         <f>'事業主控（このシートに入力）'!U10:U11</f>
         <v>0</v>
       </c>
-      <c r="W10" s="139" t="s">
+      <c r="W10" s="169" t="s">
         <v>13</v>
       </c>
-      <c r="X10" s="139"/>
-[...5 lines deleted...]
-      <c r="AD10" s="139"/>
+      <c r="X10" s="169"/>
+      <c r="Y10" s="169"/>
+      <c r="Z10" s="169"/>
+      <c r="AA10" s="169"/>
+      <c r="AB10" s="169"/>
+      <c r="AC10" s="169"/>
+      <c r="AD10" s="169"/>
       <c r="AE10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AF10" s="17"/>
       <c r="AG10" s="12"/>
       <c r="AH10" s="12"/>
       <c r="AI10" s="12"/>
       <c r="AJ10" s="12"/>
       <c r="AK10" s="12"/>
       <c r="AL10" s="12"/>
     </row>
     <row r="11" spans="1:39" ht="7.5" customHeight="1" thickBot="1">
-      <c r="A11" s="244"/>
-[...4 lines deleted...]
-      <c r="F11" s="245"/>
+      <c r="A11" s="259"/>
+      <c r="B11" s="260"/>
+      <c r="C11" s="260"/>
+      <c r="D11" s="260"/>
+      <c r="E11" s="260"/>
+      <c r="F11" s="260"/>
       <c r="G11" s="416"/>
       <c r="H11" s="394"/>
       <c r="I11" s="311"/>
       <c r="J11" s="313"/>
       <c r="K11" s="392"/>
       <c r="L11" s="394"/>
       <c r="M11" s="392"/>
       <c r="N11" s="389"/>
       <c r="O11" s="389"/>
       <c r="P11" s="389"/>
       <c r="Q11" s="389"/>
       <c r="R11" s="394"/>
       <c r="S11" s="392"/>
       <c r="T11" s="389"/>
       <c r="U11" s="397"/>
     </row>
     <row r="12" spans="1:39" ht="22.5" customHeight="1">
-      <c r="A12" s="256" t="s">
+      <c r="A12" s="271" t="s">
         <v>15</v>
       </c>
-      <c r="B12" s="236" t="s">
+      <c r="B12" s="251" t="s">
         <v>16</v>
       </c>
-      <c r="C12" s="236"/>
-[...3 lines deleted...]
-      <c r="G12" s="258" t="s">
+      <c r="C12" s="251"/>
+      <c r="D12" s="251"/>
+      <c r="E12" s="251"/>
+      <c r="F12" s="251"/>
+      <c r="G12" s="273" t="s">
         <v>17</v>
       </c>
-      <c r="H12" s="258"/>
-[...2 lines deleted...]
-      <c r="K12" s="236" t="s">
+      <c r="H12" s="273"/>
+      <c r="I12" s="273"/>
+      <c r="J12" s="273"/>
+      <c r="K12" s="251" t="s">
         <v>18</v>
       </c>
-      <c r="L12" s="236"/>
-[...3 lines deleted...]
-      <c r="P12" s="235" t="s">
+      <c r="L12" s="251"/>
+      <c r="M12" s="251"/>
+      <c r="N12" s="251"/>
+      <c r="O12" s="251"/>
+      <c r="P12" s="250" t="s">
         <v>19</v>
       </c>
-      <c r="Q12" s="235"/>
-      <c r="R12" s="250" t="s">
+      <c r="Q12" s="250"/>
+      <c r="R12" s="265" t="s">
         <v>20</v>
       </c>
-      <c r="S12" s="250"/>
-[...3 lines deleted...]
-      <c r="W12" s="223" t="s">
+      <c r="S12" s="265"/>
+      <c r="T12" s="265"/>
+      <c r="U12" s="265"/>
+      <c r="V12" s="265"/>
+      <c r="W12" s="241" t="s">
         <v>21</v>
       </c>
-      <c r="X12" s="224"/>
-[...2 lines deleted...]
-      <c r="AA12" s="215" t="s">
+      <c r="X12" s="242"/>
+      <c r="Y12" s="242"/>
+      <c r="Z12" s="243"/>
+      <c r="AA12" s="233" t="s">
         <v>22</v>
       </c>
-      <c r="AB12" s="216"/>
-[...4 lines deleted...]
-      <c r="AG12" s="184" t="s">
+      <c r="AB12" s="234"/>
+      <c r="AC12" s="234"/>
+      <c r="AD12" s="234"/>
+      <c r="AE12" s="234"/>
+      <c r="AF12" s="235"/>
+      <c r="AG12" s="210" t="s">
         <v>23</v>
       </c>
-      <c r="AH12" s="185"/>
-[...3 lines deleted...]
-      <c r="AL12" s="186"/>
+      <c r="AH12" s="211"/>
+      <c r="AI12" s="211"/>
+      <c r="AJ12" s="211"/>
+      <c r="AK12" s="211"/>
+      <c r="AL12" s="212"/>
     </row>
     <row r="13" spans="1:39" ht="22.5" customHeight="1" thickBot="1">
-      <c r="A13" s="257"/>
-[...21 lines deleted...]
-      <c r="W13" s="229" t="s">
+      <c r="A13" s="272"/>
+      <c r="B13" s="252"/>
+      <c r="C13" s="252"/>
+      <c r="D13" s="252"/>
+      <c r="E13" s="252"/>
+      <c r="F13" s="252"/>
+      <c r="G13" s="274"/>
+      <c r="H13" s="274"/>
+      <c r="I13" s="274"/>
+      <c r="J13" s="274"/>
+      <c r="K13" s="252"/>
+      <c r="L13" s="252"/>
+      <c r="M13" s="252"/>
+      <c r="N13" s="252"/>
+      <c r="O13" s="252"/>
+      <c r="P13" s="170"/>
+      <c r="Q13" s="170"/>
+      <c r="R13" s="266"/>
+      <c r="S13" s="266"/>
+      <c r="T13" s="266"/>
+      <c r="U13" s="266"/>
+      <c r="V13" s="266"/>
+      <c r="W13" s="247" t="s">
         <v>24</v>
       </c>
-      <c r="X13" s="229"/>
-      <c r="Y13" s="228" t="s">
+      <c r="X13" s="247"/>
+      <c r="Y13" s="246" t="s">
         <v>25</v>
       </c>
-      <c r="Z13" s="228"/>
-[...11 lines deleted...]
-      <c r="AL13" s="189"/>
+      <c r="Z13" s="246"/>
+      <c r="AA13" s="236"/>
+      <c r="AB13" s="237"/>
+      <c r="AC13" s="237"/>
+      <c r="AD13" s="237"/>
+      <c r="AE13" s="237"/>
+      <c r="AF13" s="238"/>
+      <c r="AG13" s="213"/>
+      <c r="AH13" s="214"/>
+      <c r="AI13" s="214"/>
+      <c r="AJ13" s="214"/>
+      <c r="AK13" s="214"/>
+      <c r="AL13" s="215"/>
       <c r="AM13" s="7"/>
     </row>
     <row r="14" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A14" s="263">
+      <c r="A14" s="140">
         <v>31</v>
       </c>
-      <c r="B14" s="267" t="s">
+      <c r="B14" s="281" t="s">
         <v>26</v>
       </c>
-      <c r="C14" s="265"/>
-[...3 lines deleted...]
-      <c r="G14" s="205" t="s">
+      <c r="C14" s="279"/>
+      <c r="D14" s="279"/>
+      <c r="E14" s="279"/>
+      <c r="F14" s="279"/>
+      <c r="G14" s="141" t="s">
         <v>27</v>
       </c>
-      <c r="H14" s="206"/>
-[...1 lines deleted...]
-      <c r="J14" s="207"/>
+      <c r="H14" s="142"/>
+      <c r="I14" s="142"/>
+      <c r="J14" s="143"/>
       <c r="K14" s="372">
         <f>'事業主控（このシートに入力）'!K14:N14</f>
         <v>0</v>
       </c>
       <c r="L14" s="373"/>
       <c r="M14" s="373"/>
       <c r="N14" s="373"/>
       <c r="O14" s="62" t="s">
         <v>28</v>
       </c>
-      <c r="P14" s="212">
+      <c r="P14" s="101">
         <v>18</v>
       </c>
-      <c r="Q14" s="213"/>
-      <c r="R14" s="117">
+      <c r="Q14" s="102"/>
+      <c r="R14" s="147">
         <f>INT(K14*P14%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S14" s="118"/>
-[...1 lines deleted...]
-      <c r="U14" s="118"/>
+      <c r="S14" s="148"/>
+      <c r="T14" s="148"/>
+      <c r="U14" s="148"/>
       <c r="V14" s="63" t="s">
         <v>29</v>
       </c>
-      <c r="W14" s="226">
+      <c r="W14" s="244">
         <v>89</v>
       </c>
-      <c r="X14" s="227"/>
+      <c r="X14" s="245"/>
       <c r="Y14" s="383"/>
       <c r="Z14" s="381"/>
-      <c r="AA14" s="129">
+      <c r="AA14" s="159">
         <f t="shared" ref="AA14:AA27" si="0">IF(Y14="",R14*W14,ROUNDDOWN(R14*Y14,0))</f>
         <v>0</v>
       </c>
-      <c r="AB14" s="130"/>
-[...2 lines deleted...]
-      <c r="AE14" s="130"/>
+      <c r="AB14" s="160"/>
+      <c r="AC14" s="160"/>
+      <c r="AD14" s="160"/>
+      <c r="AE14" s="160"/>
       <c r="AF14" s="48" t="s">
         <v>28</v>
       </c>
       <c r="AG14" s="30" t="s">
         <v>30</v>
       </c>
       <c r="AH14" s="16"/>
       <c r="AI14" s="18"/>
       <c r="AJ14" s="18"/>
       <c r="AK14" s="18"/>
       <c r="AL14" s="21"/>
     </row>
     <row r="15" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A15" s="264"/>
-[...5 lines deleted...]
-      <c r="G15" s="208" t="s">
+      <c r="A15" s="278"/>
+      <c r="B15" s="280"/>
+      <c r="C15" s="280"/>
+      <c r="D15" s="280"/>
+      <c r="E15" s="280"/>
+      <c r="F15" s="280"/>
+      <c r="G15" s="122" t="s">
         <v>31</v>
       </c>
-      <c r="H15" s="209"/>
-[...1 lines deleted...]
-      <c r="J15" s="210"/>
+      <c r="H15" s="123"/>
+      <c r="I15" s="123"/>
+      <c r="J15" s="124"/>
       <c r="K15" s="375">
         <f>'事業主控（このシートに入力）'!K15:N15</f>
         <v>0</v>
       </c>
       <c r="L15" s="376"/>
       <c r="M15" s="376"/>
       <c r="N15" s="376"/>
       <c r="O15" s="64"/>
       <c r="P15" s="85">
         <v>19</v>
       </c>
       <c r="Q15" s="86"/>
-      <c r="R15" s="129">
+      <c r="R15" s="159">
         <f>INT(K15*P15%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S15" s="130"/>
-[...1 lines deleted...]
-      <c r="U15" s="130"/>
+      <c r="S15" s="160"/>
+      <c r="T15" s="160"/>
+      <c r="U15" s="160"/>
       <c r="V15" s="65"/>
-      <c r="W15" s="151">
+      <c r="W15" s="177">
         <v>79</v>
       </c>
-      <c r="X15" s="152"/>
+      <c r="X15" s="178"/>
       <c r="Y15" s="377"/>
       <c r="Z15" s="377"/>
-      <c r="AA15" s="129">
+      <c r="AA15" s="159">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB15" s="130"/>
-[...2 lines deleted...]
-      <c r="AE15" s="130"/>
+      <c r="AB15" s="160"/>
+      <c r="AC15" s="160"/>
+      <c r="AD15" s="160"/>
+      <c r="AE15" s="160"/>
       <c r="AF15" s="49"/>
       <c r="AG15" s="19"/>
       <c r="AH15" s="20"/>
       <c r="AI15" s="20"/>
       <c r="AJ15" s="20"/>
       <c r="AK15" s="20"/>
       <c r="AL15" s="22"/>
       <c r="AM15" s="80"/>
     </row>
     <row r="16" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A16" s="264"/>
-[...5 lines deleted...]
-      <c r="G16" s="230" t="s">
+      <c r="A16" s="278"/>
+      <c r="B16" s="280"/>
+      <c r="C16" s="280"/>
+      <c r="D16" s="280"/>
+      <c r="E16" s="280"/>
+      <c r="F16" s="280"/>
+      <c r="G16" s="119" t="s">
         <v>32</v>
       </c>
-      <c r="H16" s="231"/>
-[...1 lines deleted...]
-      <c r="J16" s="232"/>
+      <c r="H16" s="120"/>
+      <c r="I16" s="120"/>
+      <c r="J16" s="121"/>
       <c r="K16" s="386">
         <f>'事業主控（このシートに入力）'!K16:N16</f>
         <v>0</v>
       </c>
       <c r="L16" s="387"/>
       <c r="M16" s="387"/>
       <c r="N16" s="387"/>
       <c r="O16" s="66"/>
       <c r="P16" s="384"/>
       <c r="Q16" s="385"/>
-      <c r="R16" s="233">
+      <c r="R16" s="248">
         <f>INT(K16*P15%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S16" s="234"/>
-[...1 lines deleted...]
-      <c r="U16" s="234"/>
+      <c r="S16" s="249"/>
+      <c r="T16" s="249"/>
+      <c r="U16" s="249"/>
       <c r="V16" s="67"/>
       <c r="W16" s="83">
         <v>62</v>
       </c>
       <c r="X16" s="84"/>
       <c r="Y16" s="369"/>
       <c r="Z16" s="369"/>
       <c r="AA16" s="370">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AB16" s="371"/>
       <c r="AC16" s="371"/>
       <c r="AD16" s="371"/>
       <c r="AE16" s="371"/>
       <c r="AF16" s="50"/>
       <c r="AG16" s="19"/>
       <c r="AH16" s="378">
         <f>'事業主控（このシートに入力）'!AH16:AK16</f>
         <v>0</v>
       </c>
       <c r="AI16" s="379"/>
       <c r="AJ16" s="379"/>
       <c r="AK16" s="380"/>
       <c r="AL16" s="38" t="s">
         <v>33</v>
       </c>
       <c r="AM16" s="80"/>
     </row>
     <row r="17" spans="1:39" ht="21.75" customHeight="1" thickBot="1">
-      <c r="A17" s="263">
+      <c r="A17" s="140">
         <v>32</v>
       </c>
-      <c r="B17" s="265" t="s">
+      <c r="B17" s="279" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="265"/>
-[...3 lines deleted...]
-      <c r="G17" s="205" t="s">
+      <c r="C17" s="279"/>
+      <c r="D17" s="279"/>
+      <c r="E17" s="279"/>
+      <c r="F17" s="279"/>
+      <c r="G17" s="141" t="s">
         <v>27</v>
       </c>
-      <c r="H17" s="206"/>
-[...1 lines deleted...]
-      <c r="J17" s="207"/>
+      <c r="H17" s="142"/>
+      <c r="I17" s="142"/>
+      <c r="J17" s="143"/>
       <c r="K17" s="372">
         <f>'事業主控（このシートに入力）'!K17:N17</f>
         <v>0</v>
       </c>
       <c r="L17" s="373"/>
       <c r="M17" s="373"/>
       <c r="N17" s="373"/>
       <c r="O17" s="68"/>
       <c r="P17" s="85">
         <v>20</v>
       </c>
       <c r="Q17" s="86"/>
-      <c r="R17" s="117">
+      <c r="R17" s="147">
         <f>INT(K17*P17%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S17" s="118"/>
-[...1 lines deleted...]
-      <c r="U17" s="118"/>
+      <c r="S17" s="148"/>
+      <c r="T17" s="148"/>
+      <c r="U17" s="148"/>
       <c r="V17" s="69"/>
       <c r="W17" s="99">
         <v>16</v>
       </c>
       <c r="X17" s="100"/>
       <c r="Y17" s="381"/>
       <c r="Z17" s="381"/>
-      <c r="AA17" s="119">
+      <c r="AA17" s="149">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB17" s="120"/>
-[...2 lines deleted...]
-      <c r="AE17" s="120"/>
+      <c r="AB17" s="150"/>
+      <c r="AC17" s="150"/>
+      <c r="AD17" s="150"/>
+      <c r="AE17" s="150"/>
       <c r="AF17" s="51"/>
       <c r="AG17" s="23"/>
       <c r="AH17" s="24"/>
       <c r="AI17" s="24"/>
       <c r="AJ17" s="24"/>
       <c r="AK17" s="24"/>
       <c r="AL17" s="25"/>
       <c r="AM17" s="80"/>
     </row>
     <row r="18" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A18" s="264"/>
-[...5 lines deleted...]
-      <c r="G18" s="208" t="s">
+      <c r="A18" s="278"/>
+      <c r="B18" s="280"/>
+      <c r="C18" s="280"/>
+      <c r="D18" s="280"/>
+      <c r="E18" s="280"/>
+      <c r="F18" s="280"/>
+      <c r="G18" s="122" t="s">
         <v>31</v>
       </c>
-      <c r="H18" s="209"/>
-[...1 lines deleted...]
-      <c r="J18" s="210"/>
+      <c r="H18" s="123"/>
+      <c r="I18" s="123"/>
+      <c r="J18" s="124"/>
       <c r="K18" s="375">
         <f>'事業主控（このシートに入力）'!K18:N18</f>
         <v>0</v>
       </c>
       <c r="L18" s="376"/>
       <c r="M18" s="376"/>
       <c r="N18" s="376"/>
       <c r="O18" s="70"/>
       <c r="P18" s="87"/>
       <c r="Q18" s="88"/>
-      <c r="R18" s="129">
+      <c r="R18" s="159">
         <f>INT(K18*P17%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S18" s="130"/>
-[...1 lines deleted...]
-      <c r="U18" s="130"/>
+      <c r="S18" s="160"/>
+      <c r="T18" s="160"/>
+      <c r="U18" s="160"/>
       <c r="V18" s="71"/>
       <c r="W18" s="89">
         <v>11</v>
       </c>
       <c r="X18" s="90"/>
       <c r="Y18" s="377"/>
       <c r="Z18" s="377"/>
-      <c r="AA18" s="129">
+      <c r="AA18" s="159">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB18" s="130"/>
-[...2 lines deleted...]
-      <c r="AE18" s="130"/>
+      <c r="AB18" s="160"/>
+      <c r="AC18" s="160"/>
+      <c r="AD18" s="160"/>
+      <c r="AE18" s="160"/>
       <c r="AF18" s="52"/>
       <c r="AG18" s="41" t="s">
         <v>35</v>
       </c>
       <c r="AH18" s="16"/>
       <c r="AI18" s="16"/>
       <c r="AJ18" s="16"/>
       <c r="AK18" s="16"/>
       <c r="AL18" s="42"/>
       <c r="AM18" s="80"/>
     </row>
     <row r="19" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A19" s="264"/>
-[...5 lines deleted...]
-      <c r="G19" s="230" t="s">
+      <c r="A19" s="278"/>
+      <c r="B19" s="280"/>
+      <c r="C19" s="280"/>
+      <c r="D19" s="280"/>
+      <c r="E19" s="280"/>
+      <c r="F19" s="280"/>
+      <c r="G19" s="119" t="s">
         <v>32</v>
       </c>
-      <c r="H19" s="231"/>
-[...1 lines deleted...]
-      <c r="J19" s="232"/>
+      <c r="H19" s="120"/>
+      <c r="I19" s="120"/>
+      <c r="J19" s="121"/>
       <c r="K19" s="367">
         <f>'事業主控（このシートに入力）'!K19:N19</f>
         <v>0</v>
       </c>
       <c r="L19" s="368"/>
       <c r="M19" s="368"/>
       <c r="N19" s="368"/>
       <c r="O19" s="72"/>
       <c r="P19" s="87">
         <v>19</v>
       </c>
       <c r="Q19" s="88"/>
-      <c r="R19" s="119">
+      <c r="R19" s="149">
         <f t="shared" ref="R19:R26" si="1">INT(K19*P19%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S19" s="120"/>
-[...1 lines deleted...]
-      <c r="U19" s="120"/>
+      <c r="S19" s="150"/>
+      <c r="T19" s="150"/>
+      <c r="U19" s="150"/>
       <c r="V19" s="73"/>
       <c r="W19" s="83"/>
       <c r="X19" s="84"/>
       <c r="Y19" s="369"/>
       <c r="Z19" s="369"/>
       <c r="AA19" s="370">
         <f>IF(Y19="",R19*W18,ROUNDDOWN(R19*Y19,0))</f>
         <v>0</v>
       </c>
       <c r="AB19" s="371"/>
       <c r="AC19" s="371"/>
       <c r="AD19" s="371"/>
       <c r="AE19" s="371"/>
       <c r="AF19" s="53"/>
       <c r="AG19" s="43"/>
       <c r="AL19" s="44"/>
       <c r="AM19" s="80"/>
     </row>
     <row r="20" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A20" s="263">
+      <c r="A20" s="140">
         <v>33</v>
       </c>
-      <c r="B20" s="265" t="s">
+      <c r="B20" s="279" t="s">
         <v>36</v>
       </c>
-      <c r="C20" s="265"/>
-[...3 lines deleted...]
-      <c r="G20" s="205" t="s">
+      <c r="C20" s="279"/>
+      <c r="D20" s="279"/>
+      <c r="E20" s="279"/>
+      <c r="F20" s="279"/>
+      <c r="G20" s="141" t="s">
         <v>27</v>
       </c>
-      <c r="H20" s="206"/>
-[...1 lines deleted...]
-      <c r="J20" s="207"/>
+      <c r="H20" s="142"/>
+      <c r="I20" s="142"/>
+      <c r="J20" s="143"/>
       <c r="K20" s="372">
         <f>'事業主控（このシートに入力）'!K20:N20</f>
         <v>0</v>
       </c>
       <c r="L20" s="373"/>
       <c r="M20" s="373"/>
       <c r="N20" s="373"/>
       <c r="O20" s="68"/>
       <c r="P20" s="85">
         <v>18</v>
       </c>
       <c r="Q20" s="86"/>
-      <c r="R20" s="117">
+      <c r="R20" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S20" s="118"/>
-[...1 lines deleted...]
-      <c r="U20" s="118"/>
+      <c r="S20" s="148"/>
+      <c r="T20" s="148"/>
+      <c r="U20" s="148"/>
       <c r="V20" s="69"/>
       <c r="W20" s="99">
         <v>10</v>
       </c>
       <c r="X20" s="100"/>
       <c r="Y20" s="381"/>
       <c r="Z20" s="381"/>
-      <c r="AA20" s="119">
+      <c r="AA20" s="149">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB20" s="120"/>
-[...2 lines deleted...]
-      <c r="AE20" s="120"/>
+      <c r="AB20" s="150"/>
+      <c r="AC20" s="150"/>
+      <c r="AD20" s="150"/>
+      <c r="AE20" s="150"/>
       <c r="AF20" s="51"/>
       <c r="AG20" s="43"/>
       <c r="AL20" s="44"/>
       <c r="AM20" s="80"/>
     </row>
     <row r="21" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A21" s="264"/>
-[...5 lines deleted...]
-      <c r="G21" s="208" t="s">
+      <c r="A21" s="278"/>
+      <c r="B21" s="280"/>
+      <c r="C21" s="280"/>
+      <c r="D21" s="280"/>
+      <c r="E21" s="280"/>
+      <c r="F21" s="280"/>
+      <c r="G21" s="122" t="s">
         <v>31</v>
       </c>
-      <c r="H21" s="209"/>
-[...1 lines deleted...]
-      <c r="J21" s="210"/>
+      <c r="H21" s="123"/>
+      <c r="I21" s="123"/>
+      <c r="J21" s="124"/>
       <c r="K21" s="375">
         <f>'事業主控（このシートに入力）'!K21:N21</f>
         <v>0</v>
       </c>
       <c r="L21" s="376"/>
       <c r="M21" s="376"/>
       <c r="N21" s="376"/>
       <c r="O21" s="70"/>
       <c r="P21" s="87"/>
       <c r="Q21" s="88"/>
-      <c r="R21" s="129">
+      <c r="R21" s="159">
         <f>INT(K21*P20%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S21" s="130"/>
-[...1 lines deleted...]
-      <c r="U21" s="130"/>
+      <c r="S21" s="160"/>
+      <c r="T21" s="160"/>
+      <c r="U21" s="160"/>
       <c r="V21" s="71"/>
       <c r="W21" s="89">
         <v>9</v>
       </c>
       <c r="X21" s="90"/>
       <c r="Y21" s="377"/>
       <c r="Z21" s="377"/>
-      <c r="AA21" s="129">
+      <c r="AA21" s="159">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB21" s="130"/>
-[...2 lines deleted...]
-      <c r="AE21" s="130"/>
+      <c r="AB21" s="160"/>
+      <c r="AC21" s="160"/>
+      <c r="AD21" s="160"/>
+      <c r="AE21" s="160"/>
       <c r="AF21" s="52"/>
       <c r="AG21" s="43"/>
-      <c r="AH21" s="151">
+      <c r="AH21" s="177">
         <f>'事業主控（このシートに入力）'!AH21:AK21</f>
         <v>0</v>
       </c>
       <c r="AI21" s="382"/>
       <c r="AJ21" s="382"/>
-      <c r="AK21" s="152"/>
+      <c r="AK21" s="178"/>
       <c r="AL21" s="44"/>
       <c r="AM21" s="80"/>
     </row>
     <row r="22" spans="1:39" ht="21.75" customHeight="1" thickBot="1">
-      <c r="A22" s="264"/>
-[...5 lines deleted...]
-      <c r="G22" s="230" t="s">
+      <c r="A22" s="278"/>
+      <c r="B22" s="280"/>
+      <c r="C22" s="280"/>
+      <c r="D22" s="280"/>
+      <c r="E22" s="280"/>
+      <c r="F22" s="280"/>
+      <c r="G22" s="119" t="s">
         <v>32</v>
       </c>
-      <c r="H22" s="231"/>
-[...1 lines deleted...]
-      <c r="J22" s="232"/>
+      <c r="H22" s="120"/>
+      <c r="I22" s="120"/>
+      <c r="J22" s="121"/>
       <c r="K22" s="367">
         <f>'事業主控（このシートに入力）'!K22:N22</f>
         <v>0</v>
       </c>
       <c r="L22" s="368"/>
       <c r="M22" s="368"/>
       <c r="N22" s="368"/>
       <c r="O22" s="72"/>
-      <c r="P22" s="140">
+      <c r="P22" s="170">
         <v>17</v>
       </c>
-      <c r="Q22" s="140"/>
-      <c r="R22" s="119">
+      <c r="Q22" s="170"/>
+      <c r="R22" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S22" s="120"/>
-[...1 lines deleted...]
-      <c r="U22" s="120"/>
+      <c r="S22" s="150"/>
+      <c r="T22" s="150"/>
+      <c r="U22" s="150"/>
       <c r="V22" s="73"/>
       <c r="W22" s="83"/>
       <c r="X22" s="84"/>
       <c r="Y22" s="369"/>
       <c r="Z22" s="369"/>
       <c r="AA22" s="370">
         <f>IF(Y22="",R22*W21,ROUNDDOWN(R22*Y22,0))</f>
         <v>0</v>
       </c>
       <c r="AB22" s="371"/>
       <c r="AC22" s="371"/>
       <c r="AD22" s="371"/>
       <c r="AE22" s="371"/>
       <c r="AF22" s="53"/>
       <c r="AG22" s="45"/>
       <c r="AH22" s="46"/>
       <c r="AI22" s="46"/>
       <c r="AJ22" s="46"/>
       <c r="AK22" s="46"/>
       <c r="AL22" s="47"/>
       <c r="AM22" s="80"/>
     </row>
     <row r="23" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A23" s="263">
+      <c r="A23" s="140">
         <v>34</v>
       </c>
-      <c r="B23" s="267" t="s">
+      <c r="B23" s="281" t="s">
         <v>37</v>
       </c>
-      <c r="C23" s="265"/>
-[...3 lines deleted...]
-      <c r="G23" s="205" t="s">
+      <c r="C23" s="279"/>
+      <c r="D23" s="279"/>
+      <c r="E23" s="279"/>
+      <c r="F23" s="279"/>
+      <c r="G23" s="141" t="s">
         <v>27</v>
       </c>
-      <c r="H23" s="206"/>
-[...1 lines deleted...]
-      <c r="J23" s="207"/>
+      <c r="H23" s="142"/>
+      <c r="I23" s="142"/>
+      <c r="J23" s="143"/>
       <c r="K23" s="372">
         <f>'事業主控（このシートに入力）'!K23:N23</f>
         <v>0</v>
       </c>
       <c r="L23" s="373"/>
       <c r="M23" s="373"/>
       <c r="N23" s="373"/>
       <c r="O23" s="74"/>
-      <c r="P23" s="212">
+      <c r="P23" s="101">
         <v>23</v>
       </c>
-      <c r="Q23" s="213"/>
-      <c r="R23" s="117">
+      <c r="Q23" s="102"/>
+      <c r="R23" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S23" s="118"/>
-[...1 lines deleted...]
-      <c r="U23" s="118"/>
+      <c r="S23" s="148"/>
+      <c r="T23" s="148"/>
+      <c r="U23" s="148"/>
       <c r="V23" s="75"/>
       <c r="W23" s="99">
         <v>17</v>
       </c>
       <c r="X23" s="100"/>
       <c r="Y23" s="374"/>
       <c r="Z23" s="374"/>
-      <c r="AA23" s="119">
+      <c r="AA23" s="149">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB23" s="120"/>
-[...2 lines deleted...]
-      <c r="AE23" s="120"/>
+      <c r="AB23" s="150"/>
+      <c r="AC23" s="150"/>
+      <c r="AD23" s="150"/>
+      <c r="AE23" s="150"/>
       <c r="AF23" s="54"/>
       <c r="AG23" s="31" t="s">
         <v>38</v>
       </c>
       <c r="AH23" s="16"/>
       <c r="AI23" s="26"/>
       <c r="AJ23" s="26"/>
       <c r="AK23" s="26"/>
       <c r="AL23" s="32"/>
       <c r="AM23" s="80"/>
     </row>
     <row r="24" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A24" s="264"/>
-[...5 lines deleted...]
-      <c r="G24" s="208" t="s">
+      <c r="A24" s="278"/>
+      <c r="B24" s="280"/>
+      <c r="C24" s="280"/>
+      <c r="D24" s="280"/>
+      <c r="E24" s="280"/>
+      <c r="F24" s="280"/>
+      <c r="G24" s="122" t="s">
         <v>31</v>
       </c>
-      <c r="H24" s="209"/>
-[...1 lines deleted...]
-      <c r="J24" s="210"/>
+      <c r="H24" s="123"/>
+      <c r="I24" s="123"/>
+      <c r="J24" s="124"/>
       <c r="K24" s="375">
         <f>'事業主控（このシートに入力）'!K24:N24</f>
         <v>0</v>
       </c>
       <c r="L24" s="376"/>
       <c r="M24" s="376"/>
       <c r="N24" s="376"/>
       <c r="O24" s="70"/>
-      <c r="P24" s="212">
+      <c r="P24" s="101">
         <v>25</v>
       </c>
-      <c r="Q24" s="213"/>
-      <c r="R24" s="129">
+      <c r="Q24" s="102"/>
+      <c r="R24" s="159">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S24" s="130"/>
-[...1 lines deleted...]
-      <c r="U24" s="130"/>
+      <c r="S24" s="160"/>
+      <c r="T24" s="160"/>
+      <c r="U24" s="160"/>
       <c r="V24" s="71"/>
-      <c r="W24" s="237">
+      <c r="W24" s="252">
         <v>9.5</v>
       </c>
-      <c r="X24" s="237"/>
+      <c r="X24" s="252"/>
       <c r="Y24" s="377"/>
       <c r="Z24" s="377"/>
-      <c r="AA24" s="129">
+      <c r="AA24" s="159">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB24" s="130"/>
-[...2 lines deleted...]
-      <c r="AE24" s="130"/>
+      <c r="AB24" s="160"/>
+      <c r="AC24" s="160"/>
+      <c r="AD24" s="160"/>
+      <c r="AE24" s="160"/>
       <c r="AF24" s="52"/>
       <c r="AG24" s="27"/>
       <c r="AH24" s="13"/>
       <c r="AI24" s="13"/>
       <c r="AJ24" s="13"/>
       <c r="AK24" s="13"/>
       <c r="AL24" s="33"/>
       <c r="AM24" s="80"/>
     </row>
     <row r="25" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A25" s="264"/>
-[...5 lines deleted...]
-      <c r="G25" s="230" t="s">
+      <c r="A25" s="278"/>
+      <c r="B25" s="280"/>
+      <c r="C25" s="280"/>
+      <c r="D25" s="280"/>
+      <c r="E25" s="280"/>
+      <c r="F25" s="280"/>
+      <c r="G25" s="119" t="s">
         <v>32</v>
       </c>
-      <c r="H25" s="231"/>
-[...1 lines deleted...]
-      <c r="J25" s="232"/>
+      <c r="H25" s="120"/>
+      <c r="I25" s="120"/>
+      <c r="J25" s="121"/>
       <c r="K25" s="367">
         <f>'事業主控（このシートに入力）'!K25:N25</f>
         <v>0</v>
       </c>
       <c r="L25" s="368"/>
       <c r="M25" s="368"/>
       <c r="N25" s="368"/>
       <c r="O25" s="72"/>
-      <c r="P25" s="140">
+      <c r="P25" s="170">
         <v>24</v>
       </c>
-      <c r="Q25" s="140"/>
-      <c r="R25" s="119">
+      <c r="Q25" s="170"/>
+      <c r="R25" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S25" s="120"/>
-[...1 lines deleted...]
-      <c r="U25" s="120"/>
+      <c r="S25" s="150"/>
+      <c r="T25" s="150"/>
+      <c r="U25" s="150"/>
       <c r="V25" s="73"/>
       <c r="W25" s="83">
         <v>9</v>
       </c>
       <c r="X25" s="84"/>
       <c r="Y25" s="369"/>
       <c r="Z25" s="369"/>
       <c r="AA25" s="370">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AB25" s="371"/>
       <c r="AC25" s="371"/>
       <c r="AD25" s="371"/>
       <c r="AE25" s="371"/>
       <c r="AF25" s="53"/>
       <c r="AG25" s="34" t="s">
         <v>39</v>
       </c>
       <c r="AI25" s="13"/>
       <c r="AJ25" s="13"/>
       <c r="AK25" s="13"/>
       <c r="AL25" s="33"/>
       <c r="AM25" s="80"/>
     </row>
     <row r="26" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A26" s="263">
+      <c r="A26" s="140">
         <v>35</v>
       </c>
-      <c r="B26" s="265" t="s">
+      <c r="B26" s="279" t="s">
         <v>40</v>
       </c>
-      <c r="C26" s="265"/>
-[...3 lines deleted...]
-      <c r="G26" s="205" t="s">
+      <c r="C26" s="279"/>
+      <c r="D26" s="279"/>
+      <c r="E26" s="279"/>
+      <c r="F26" s="279"/>
+      <c r="G26" s="141" t="s">
         <v>27</v>
       </c>
-      <c r="H26" s="206"/>
-[...1 lines deleted...]
-      <c r="J26" s="207"/>
+      <c r="H26" s="142"/>
+      <c r="I26" s="142"/>
+      <c r="J26" s="143"/>
       <c r="K26" s="372">
         <f>'事業主控（このシートに入力）'!K26:N26</f>
         <v>0</v>
       </c>
       <c r="L26" s="373"/>
       <c r="M26" s="373"/>
       <c r="N26" s="373"/>
       <c r="O26" s="74"/>
-      <c r="P26" s="212">
+      <c r="P26" s="101">
         <v>21</v>
       </c>
-      <c r="Q26" s="213"/>
-      <c r="R26" s="117">
+      <c r="Q26" s="102"/>
+      <c r="R26" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S26" s="118"/>
-[...1 lines deleted...]
-      <c r="U26" s="118"/>
+      <c r="S26" s="148"/>
+      <c r="T26" s="148"/>
+      <c r="U26" s="148"/>
       <c r="V26" s="75"/>
-      <c r="W26" s="238">
+      <c r="W26" s="253">
         <v>13</v>
       </c>
-      <c r="X26" s="238"/>
+      <c r="X26" s="253"/>
       <c r="Y26" s="374"/>
       <c r="Z26" s="374"/>
-      <c r="AA26" s="119">
+      <c r="AA26" s="149">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB26" s="120"/>
-[...2 lines deleted...]
-      <c r="AE26" s="120"/>
+      <c r="AB26" s="150"/>
+      <c r="AC26" s="150"/>
+      <c r="AD26" s="150"/>
+      <c r="AE26" s="150"/>
       <c r="AF26" s="54"/>
       <c r="AG26" s="27"/>
       <c r="AH26" s="13"/>
       <c r="AI26" s="13"/>
       <c r="AJ26" s="13"/>
       <c r="AK26" s="13"/>
       <c r="AL26" s="33"/>
       <c r="AM26" s="80"/>
     </row>
     <row r="27" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A27" s="264"/>
-[...5 lines deleted...]
-      <c r="G27" s="208" t="s">
+      <c r="A27" s="278"/>
+      <c r="B27" s="280"/>
+      <c r="C27" s="280"/>
+      <c r="D27" s="280"/>
+      <c r="E27" s="280"/>
+      <c r="F27" s="280"/>
+      <c r="G27" s="122" t="s">
         <v>31</v>
       </c>
-      <c r="H27" s="209"/>
-[...1 lines deleted...]
-      <c r="J27" s="210"/>
+      <c r="H27" s="123"/>
+      <c r="I27" s="123"/>
+      <c r="J27" s="124"/>
       <c r="K27" s="375">
         <f>'事業主控（このシートに入力）'!K27:N27</f>
         <v>0</v>
       </c>
       <c r="L27" s="376"/>
       <c r="M27" s="376"/>
       <c r="N27" s="376"/>
       <c r="O27" s="70"/>
       <c r="P27" s="91">
         <v>23</v>
       </c>
       <c r="Q27" s="92"/>
-      <c r="R27" s="129">
+      <c r="R27" s="159">
         <f>INT(K27*P27%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S27" s="130"/>
-[...1 lines deleted...]
-      <c r="U27" s="130"/>
+      <c r="S27" s="160"/>
+      <c r="T27" s="160"/>
+      <c r="U27" s="160"/>
       <c r="V27" s="71"/>
-      <c r="W27" s="151">
+      <c r="W27" s="177">
         <v>11</v>
       </c>
-      <c r="X27" s="152"/>
+      <c r="X27" s="178"/>
       <c r="Y27" s="377"/>
       <c r="Z27" s="377"/>
-      <c r="AA27" s="129">
+      <c r="AA27" s="159">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB27" s="130"/>
-[...2 lines deleted...]
-      <c r="AE27" s="130"/>
+      <c r="AB27" s="160"/>
+      <c r="AC27" s="160"/>
+      <c r="AD27" s="160"/>
+      <c r="AE27" s="160"/>
       <c r="AF27" s="52"/>
       <c r="AG27" s="34" t="s">
         <v>41</v>
       </c>
       <c r="AI27" s="13"/>
       <c r="AJ27" s="13"/>
       <c r="AK27" s="13"/>
       <c r="AL27" s="33"/>
       <c r="AM27" s="80"/>
     </row>
     <row r="28" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A28" s="264"/>
-[...5 lines deleted...]
-      <c r="G28" s="230" t="s">
+      <c r="A28" s="278"/>
+      <c r="B28" s="280"/>
+      <c r="C28" s="280"/>
+      <c r="D28" s="280"/>
+      <c r="E28" s="280"/>
+      <c r="F28" s="280"/>
+      <c r="G28" s="119" t="s">
         <v>32</v>
       </c>
-      <c r="H28" s="231"/>
-[...1 lines deleted...]
-      <c r="J28" s="232"/>
+      <c r="H28" s="120"/>
+      <c r="I28" s="120"/>
+      <c r="J28" s="121"/>
       <c r="K28" s="367">
         <f>'事業主控（このシートに入力）'!K28:N28</f>
         <v>0</v>
       </c>
       <c r="L28" s="368"/>
       <c r="M28" s="368"/>
       <c r="N28" s="368"/>
       <c r="O28" s="72"/>
       <c r="P28" s="87"/>
       <c r="Q28" s="88"/>
-      <c r="R28" s="119">
+      <c r="R28" s="149">
         <f>INT(K28*P27%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S28" s="120"/>
-[...1 lines deleted...]
-      <c r="U28" s="120"/>
+      <c r="S28" s="150"/>
+      <c r="T28" s="150"/>
+      <c r="U28" s="150"/>
       <c r="V28" s="73"/>
-      <c r="W28" s="151">
+      <c r="W28" s="177">
         <v>9.5</v>
       </c>
-      <c r="X28" s="152"/>
+      <c r="X28" s="178"/>
       <c r="Y28" s="369"/>
       <c r="Z28" s="369"/>
       <c r="AA28" s="370">
         <f>IF(Y28="",R28*W28,ROUNDDOWN(R28*Y28,0))</f>
         <v>0</v>
       </c>
       <c r="AB28" s="371"/>
       <c r="AC28" s="371"/>
       <c r="AD28" s="371"/>
       <c r="AE28" s="371"/>
       <c r="AF28" s="55"/>
       <c r="AG28" s="27"/>
       <c r="AH28" s="378">
         <f>'事業主控（このシートに入力）'!AH28:AK28</f>
         <v>0</v>
       </c>
       <c r="AI28" s="379"/>
       <c r="AJ28" s="379"/>
       <c r="AK28" s="380"/>
       <c r="AL28" s="35" t="s">
         <v>42</v>
       </c>
       <c r="AM28" s="80"/>
     </row>
     <row r="29" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A29" s="263">
+      <c r="A29" s="140">
         <v>38</v>
       </c>
       <c r="B29" s="282" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="283"/>
       <c r="D29" s="283"/>
       <c r="E29" s="283"/>
       <c r="F29" s="284"/>
-      <c r="G29" s="205" t="s">
+      <c r="G29" s="141" t="s">
         <v>27</v>
       </c>
-      <c r="H29" s="206"/>
-[...1 lines deleted...]
-      <c r="J29" s="207"/>
+      <c r="H29" s="142"/>
+      <c r="I29" s="142"/>
+      <c r="J29" s="143"/>
       <c r="K29" s="372">
         <f>'事業主控（このシートに入力）'!K29:N29</f>
         <v>0</v>
       </c>
       <c r="L29" s="373"/>
       <c r="M29" s="373"/>
       <c r="N29" s="373"/>
       <c r="O29" s="70"/>
-      <c r="P29" s="140">
+      <c r="P29" s="170">
         <v>22</v>
       </c>
-      <c r="Q29" s="140"/>
-      <c r="R29" s="117">
+      <c r="Q29" s="170"/>
+      <c r="R29" s="147">
         <f>INT(K29*P29%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S29" s="118"/>
-[...1 lines deleted...]
-      <c r="U29" s="118"/>
+      <c r="S29" s="148"/>
+      <c r="T29" s="148"/>
+      <c r="U29" s="148"/>
       <c r="V29" s="71"/>
-      <c r="W29" s="238">
+      <c r="W29" s="253">
         <v>15</v>
       </c>
-      <c r="X29" s="238"/>
+      <c r="X29" s="253"/>
       <c r="Y29" s="377"/>
       <c r="Z29" s="377"/>
-      <c r="AA29" s="119">
+      <c r="AA29" s="149">
         <f>IF(Y29="",R29*W29,ROUNDDOWN(R29*Y29,0))</f>
         <v>0</v>
       </c>
-      <c r="AB29" s="120"/>
-[...2 lines deleted...]
-      <c r="AE29" s="120"/>
+      <c r="AB29" s="150"/>
+      <c r="AC29" s="150"/>
+      <c r="AD29" s="150"/>
+      <c r="AE29" s="150"/>
       <c r="AF29" s="56"/>
       <c r="AG29" s="27"/>
       <c r="AH29" s="13"/>
       <c r="AI29" s="13"/>
       <c r="AJ29" s="13"/>
       <c r="AK29" s="13"/>
       <c r="AL29" s="33"/>
       <c r="AM29" s="80"/>
     </row>
     <row r="30" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A30" s="264"/>
+      <c r="A30" s="278"/>
       <c r="B30" s="285"/>
       <c r="C30" s="286"/>
       <c r="D30" s="286"/>
       <c r="E30" s="286"/>
       <c r="F30" s="287"/>
-      <c r="G30" s="208" t="s">
+      <c r="G30" s="122" t="s">
         <v>31</v>
       </c>
-      <c r="H30" s="209"/>
-[...1 lines deleted...]
-      <c r="J30" s="210"/>
+      <c r="H30" s="123"/>
+      <c r="I30" s="123"/>
+      <c r="J30" s="124"/>
       <c r="K30" s="375">
         <f>'事業主控（このシートに入力）'!K30:N30</f>
         <v>0</v>
       </c>
       <c r="L30" s="376"/>
       <c r="M30" s="376"/>
       <c r="N30" s="376"/>
       <c r="O30" s="70"/>
       <c r="P30" s="85">
         <v>23</v>
       </c>
       <c r="Q30" s="86"/>
-      <c r="R30" s="129">
+      <c r="R30" s="159">
         <f>INT(K30*P30%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S30" s="130"/>
-[...1 lines deleted...]
-      <c r="U30" s="130"/>
+      <c r="S30" s="160"/>
+      <c r="T30" s="160"/>
+      <c r="U30" s="160"/>
       <c r="V30" s="71"/>
-      <c r="W30" s="238"/>
-      <c r="X30" s="238"/>
+      <c r="W30" s="253"/>
+      <c r="X30" s="253"/>
       <c r="Y30" s="377"/>
       <c r="Z30" s="377"/>
-      <c r="AA30" s="129">
+      <c r="AA30" s="159">
         <f>IF(Y30="",R30*W29,ROUNDDOWN(R30*Y30,0))</f>
         <v>0</v>
       </c>
-      <c r="AB30" s="130"/>
-[...2 lines deleted...]
-      <c r="AE30" s="130"/>
+      <c r="AB30" s="160"/>
+      <c r="AC30" s="160"/>
+      <c r="AD30" s="160"/>
+      <c r="AE30" s="160"/>
       <c r="AF30" s="56"/>
       <c r="AG30" s="34" t="s">
         <v>44</v>
       </c>
       <c r="AI30" s="13"/>
       <c r="AJ30" s="13"/>
       <c r="AK30" s="13"/>
       <c r="AL30" s="33"/>
       <c r="AM30" s="80"/>
     </row>
     <row r="31" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A31" s="264"/>
+      <c r="A31" s="278"/>
       <c r="B31" s="288"/>
       <c r="C31" s="289"/>
       <c r="D31" s="289"/>
       <c r="E31" s="289"/>
       <c r="F31" s="290"/>
-      <c r="G31" s="230" t="s">
+      <c r="G31" s="119" t="s">
         <v>32</v>
       </c>
-      <c r="H31" s="231"/>
-[...1 lines deleted...]
-      <c r="J31" s="232"/>
+      <c r="H31" s="120"/>
+      <c r="I31" s="120"/>
+      <c r="J31" s="121"/>
       <c r="K31" s="367">
         <f>'事業主控（このシートに入力）'!K31:N31</f>
         <v>0</v>
       </c>
       <c r="L31" s="368"/>
       <c r="M31" s="368"/>
       <c r="N31" s="368"/>
       <c r="O31" s="72"/>
       <c r="P31" s="87"/>
       <c r="Q31" s="88"/>
-      <c r="R31" s="119">
+      <c r="R31" s="149">
         <f>INT(K31*P30%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S31" s="120"/>
-[...1 lines deleted...]
-      <c r="U31" s="120"/>
+      <c r="S31" s="150"/>
+      <c r="T31" s="150"/>
+      <c r="U31" s="150"/>
       <c r="V31" s="73"/>
       <c r="W31" s="83">
         <v>12</v>
       </c>
       <c r="X31" s="84"/>
       <c r="Y31" s="369"/>
       <c r="Z31" s="369"/>
       <c r="AA31" s="370">
         <f t="shared" ref="AA31:AA39" si="2">IF(Y31="",R31*W31,ROUNDDOWN(R31*Y31,0))</f>
         <v>0</v>
       </c>
       <c r="AB31" s="371"/>
       <c r="AC31" s="371"/>
       <c r="AD31" s="371"/>
       <c r="AE31" s="371"/>
       <c r="AF31" s="55"/>
       <c r="AG31" s="27"/>
       <c r="AH31" s="378">
         <f>'事業主控（このシートに入力）'!AH31:AK31</f>
         <v>0</v>
       </c>
       <c r="AI31" s="379"/>
       <c r="AJ31" s="379"/>
       <c r="AK31" s="380"/>
       <c r="AL31" s="36"/>
       <c r="AM31" s="80"/>
     </row>
     <row r="32" spans="1:39" ht="21.75" customHeight="1" thickBot="1">
-      <c r="A32" s="280">
+      <c r="A32" s="138">
         <v>36</v>
       </c>
-      <c r="B32" s="268" t="s">
+      <c r="B32" s="116" t="s">
         <v>45</v>
       </c>
       <c r="C32" s="316" t="s">
         <v>46</v>
       </c>
-      <c r="D32" s="272"/>
-[...2 lines deleted...]
-      <c r="G32" s="205" t="s">
+      <c r="D32" s="126"/>
+      <c r="E32" s="126"/>
+      <c r="F32" s="127"/>
+      <c r="G32" s="141" t="s">
         <v>27</v>
       </c>
-      <c r="H32" s="206"/>
-[...1 lines deleted...]
-      <c r="J32" s="207"/>
+      <c r="H32" s="142"/>
+      <c r="I32" s="142"/>
+      <c r="J32" s="143"/>
       <c r="K32" s="372">
         <f>'事業主控（このシートに入力）'!K32:N32</f>
         <v>0</v>
       </c>
       <c r="L32" s="373"/>
       <c r="M32" s="373"/>
       <c r="N32" s="373"/>
       <c r="O32" s="74"/>
-      <c r="P32" s="212">
+      <c r="P32" s="101">
         <v>38</v>
       </c>
-      <c r="Q32" s="213"/>
-      <c r="R32" s="117">
+      <c r="Q32" s="102"/>
+      <c r="R32" s="147">
         <f t="shared" ref="R32:R39" si="3">INT(K32*P32%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S32" s="118"/>
-[...1 lines deleted...]
-      <c r="U32" s="118"/>
+      <c r="S32" s="148"/>
+      <c r="T32" s="148"/>
+      <c r="U32" s="148"/>
       <c r="V32" s="75"/>
-      <c r="W32" s="237">
+      <c r="W32" s="252">
         <v>7.5</v>
       </c>
-      <c r="X32" s="237"/>
+      <c r="X32" s="252"/>
       <c r="Y32" s="374"/>
       <c r="Z32" s="374"/>
-      <c r="AA32" s="119">
+      <c r="AA32" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AB32" s="120"/>
-[...2 lines deleted...]
-      <c r="AE32" s="120"/>
+      <c r="AB32" s="150"/>
+      <c r="AC32" s="150"/>
+      <c r="AD32" s="150"/>
+      <c r="AE32" s="150"/>
       <c r="AF32" s="54"/>
       <c r="AG32" s="27"/>
       <c r="AH32" s="13"/>
       <c r="AI32" s="13"/>
       <c r="AJ32" s="13"/>
       <c r="AK32" s="13"/>
       <c r="AL32" s="33"/>
       <c r="AM32" s="80"/>
     </row>
     <row r="33" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A33" s="281"/>
-[...5 lines deleted...]
-      <c r="G33" s="208" t="s">
+      <c r="A33" s="139"/>
+      <c r="B33" s="117"/>
+      <c r="C33" s="128"/>
+      <c r="D33" s="129"/>
+      <c r="E33" s="129"/>
+      <c r="F33" s="130"/>
+      <c r="G33" s="122" t="s">
         <v>31</v>
       </c>
-      <c r="H33" s="209"/>
-[...1 lines deleted...]
-      <c r="J33" s="210"/>
+      <c r="H33" s="123"/>
+      <c r="I33" s="123"/>
+      <c r="J33" s="124"/>
       <c r="K33" s="375">
         <f>'事業主控（このシートに入力）'!K33:N33</f>
         <v>0</v>
       </c>
       <c r="L33" s="376"/>
       <c r="M33" s="376"/>
       <c r="N33" s="376"/>
       <c r="O33" s="70"/>
-      <c r="P33" s="212">
+      <c r="P33" s="101">
         <v>40</v>
       </c>
-      <c r="Q33" s="213"/>
-      <c r="R33" s="129">
+      <c r="Q33" s="102"/>
+      <c r="R33" s="159">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S33" s="130"/>
-[...1 lines deleted...]
-      <c r="U33" s="130"/>
+      <c r="S33" s="160"/>
+      <c r="T33" s="160"/>
+      <c r="U33" s="160"/>
       <c r="V33" s="71"/>
       <c r="W33" s="89">
         <v>6.5</v>
       </c>
       <c r="X33" s="90"/>
       <c r="Y33" s="377"/>
       <c r="Z33" s="377"/>
-      <c r="AA33" s="129">
+      <c r="AA33" s="159">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AB33" s="130"/>
-[...2 lines deleted...]
-      <c r="AE33" s="130"/>
+      <c r="AB33" s="160"/>
+      <c r="AC33" s="160"/>
+      <c r="AD33" s="160"/>
+      <c r="AE33" s="160"/>
       <c r="AF33" s="52"/>
       <c r="AG33" s="40" t="s">
         <v>47</v>
       </c>
       <c r="AH33" s="26"/>
       <c r="AI33" s="26"/>
       <c r="AJ33" s="26"/>
       <c r="AK33" s="26"/>
       <c r="AL33" s="32"/>
       <c r="AM33" s="80"/>
     </row>
     <row r="34" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A34" s="281"/>
-[...5 lines deleted...]
-      <c r="G34" s="230" t="s">
+      <c r="A34" s="139"/>
+      <c r="B34" s="117"/>
+      <c r="C34" s="131"/>
+      <c r="D34" s="132"/>
+      <c r="E34" s="132"/>
+      <c r="F34" s="133"/>
+      <c r="G34" s="119" t="s">
         <v>32</v>
       </c>
-      <c r="H34" s="231"/>
-[...1 lines deleted...]
-      <c r="J34" s="232"/>
+      <c r="H34" s="120"/>
+      <c r="I34" s="120"/>
+      <c r="J34" s="121"/>
       <c r="K34" s="367">
         <f>'事業主控（このシートに入力）'!K34:N34</f>
         <v>0</v>
       </c>
       <c r="L34" s="368"/>
       <c r="M34" s="368"/>
       <c r="N34" s="368"/>
       <c r="O34" s="72"/>
-      <c r="P34" s="212">
+      <c r="P34" s="101">
         <v>38</v>
       </c>
-      <c r="Q34" s="213"/>
-      <c r="R34" s="119">
+      <c r="Q34" s="102"/>
+      <c r="R34" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S34" s="120"/>
-[...1 lines deleted...]
-      <c r="U34" s="120"/>
+      <c r="S34" s="150"/>
+      <c r="T34" s="150"/>
+      <c r="U34" s="150"/>
       <c r="V34" s="73"/>
       <c r="W34" s="83"/>
       <c r="X34" s="84"/>
       <c r="Y34" s="369"/>
       <c r="Z34" s="369"/>
       <c r="AA34" s="370">
         <f>IF(Y34="",R34*W33,ROUNDDOWN(R34*Y34,0))</f>
         <v>0</v>
       </c>
       <c r="AB34" s="371"/>
       <c r="AC34" s="371"/>
       <c r="AD34" s="371"/>
       <c r="AE34" s="371"/>
       <c r="AF34" s="53"/>
       <c r="AG34" s="27"/>
       <c r="AH34" s="5" t="s">
         <v>48</v>
       </c>
       <c r="AI34" s="13"/>
       <c r="AJ34" s="13"/>
       <c r="AK34" s="13"/>
       <c r="AL34" s="33"/>
       <c r="AM34" s="80"/>
     </row>
     <row r="35" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A35" s="281"/>
-[...1 lines deleted...]
-      <c r="C35" s="271" t="s">
+      <c r="A35" s="139"/>
+      <c r="B35" s="117"/>
+      <c r="C35" s="125" t="s">
         <v>49</v>
       </c>
-      <c r="D35" s="272"/>
-[...2 lines deleted...]
-      <c r="G35" s="205" t="s">
+      <c r="D35" s="126"/>
+      <c r="E35" s="126"/>
+      <c r="F35" s="127"/>
+      <c r="G35" s="141" t="s">
         <v>27</v>
       </c>
-      <c r="H35" s="206"/>
-[...1 lines deleted...]
-      <c r="J35" s="207"/>
+      <c r="H35" s="142"/>
+      <c r="I35" s="142"/>
+      <c r="J35" s="143"/>
       <c r="K35" s="372">
         <f>'事業主控（このシートに入力）'!K35:N35</f>
         <v>0</v>
       </c>
       <c r="L35" s="373"/>
       <c r="M35" s="373"/>
       <c r="N35" s="373"/>
       <c r="O35" s="74"/>
       <c r="P35" s="85">
         <v>21</v>
       </c>
       <c r="Q35" s="86"/>
-      <c r="R35" s="117">
+      <c r="R35" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S35" s="118"/>
-[...1 lines deleted...]
-      <c r="U35" s="118"/>
+      <c r="S35" s="148"/>
+      <c r="T35" s="148"/>
+      <c r="U35" s="148"/>
       <c r="V35" s="75"/>
-      <c r="W35" s="237">
+      <c r="W35" s="252">
         <v>7.5</v>
       </c>
-      <c r="X35" s="237"/>
+      <c r="X35" s="252"/>
       <c r="Y35" s="374"/>
       <c r="Z35" s="374"/>
-      <c r="AA35" s="119">
+      <c r="AA35" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AB35" s="120"/>
-[...2 lines deleted...]
-      <c r="AE35" s="120"/>
+      <c r="AB35" s="150"/>
+      <c r="AC35" s="150"/>
+      <c r="AD35" s="150"/>
+      <c r="AE35" s="150"/>
       <c r="AF35" s="54"/>
       <c r="AG35" s="27"/>
       <c r="AH35" s="5" t="s">
         <v>50</v>
       </c>
       <c r="AI35" s="13"/>
       <c r="AJ35" s="13"/>
       <c r="AK35" s="13"/>
       <c r="AL35" s="33"/>
       <c r="AM35" s="80"/>
     </row>
     <row r="36" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A36" s="281"/>
-[...5 lines deleted...]
-      <c r="G36" s="208" t="s">
+      <c r="A36" s="139"/>
+      <c r="B36" s="117"/>
+      <c r="C36" s="128"/>
+      <c r="D36" s="129"/>
+      <c r="E36" s="129"/>
+      <c r="F36" s="130"/>
+      <c r="G36" s="122" t="s">
         <v>31</v>
       </c>
-      <c r="H36" s="209"/>
-[...1 lines deleted...]
-      <c r="J36" s="210"/>
+      <c r="H36" s="123"/>
+      <c r="I36" s="123"/>
+      <c r="J36" s="124"/>
       <c r="K36" s="375">
         <f>'事業主控（このシートに入力）'!K36:N36</f>
         <v>0</v>
       </c>
       <c r="L36" s="376"/>
       <c r="M36" s="376"/>
       <c r="N36" s="376"/>
       <c r="O36" s="70"/>
-      <c r="P36" s="140">
+      <c r="P36" s="170">
         <v>22</v>
       </c>
-      <c r="Q36" s="140"/>
-      <c r="R36" s="129">
+      <c r="Q36" s="170"/>
+      <c r="R36" s="159">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S36" s="130"/>
-[...1 lines deleted...]
-      <c r="U36" s="130"/>
+      <c r="S36" s="160"/>
+      <c r="T36" s="160"/>
+      <c r="U36" s="160"/>
       <c r="V36" s="71"/>
       <c r="W36" s="89">
         <v>6.5</v>
       </c>
       <c r="X36" s="90"/>
       <c r="Y36" s="377"/>
       <c r="Z36" s="377"/>
-      <c r="AA36" s="129">
+      <c r="AA36" s="159">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AB36" s="130"/>
-[...2 lines deleted...]
-      <c r="AE36" s="130"/>
+      <c r="AB36" s="160"/>
+      <c r="AC36" s="160"/>
+      <c r="AD36" s="160"/>
+      <c r="AE36" s="160"/>
       <c r="AF36" s="52"/>
       <c r="AG36" s="27"/>
       <c r="AH36" s="13"/>
       <c r="AI36" s="13"/>
       <c r="AJ36" s="364">
         <f>'事業主控（このシートに入力）'!AJ36:AK37</f>
         <v>0</v>
       </c>
       <c r="AK36" s="294"/>
       <c r="AL36" s="33"/>
       <c r="AM36" s="80"/>
     </row>
     <row r="37" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A37" s="263"/>
-[...5 lines deleted...]
-      <c r="G37" s="230" t="s">
+      <c r="A37" s="140"/>
+      <c r="B37" s="118"/>
+      <c r="C37" s="131"/>
+      <c r="D37" s="132"/>
+      <c r="E37" s="132"/>
+      <c r="F37" s="133"/>
+      <c r="G37" s="119" t="s">
         <v>32</v>
       </c>
-      <c r="H37" s="231"/>
-[...1 lines deleted...]
-      <c r="J37" s="232"/>
+      <c r="H37" s="120"/>
+      <c r="I37" s="120"/>
+      <c r="J37" s="121"/>
       <c r="K37" s="367">
         <f>'事業主控（このシートに入力）'!K37:N37</f>
         <v>0</v>
       </c>
       <c r="L37" s="368"/>
       <c r="M37" s="368"/>
       <c r="N37" s="368"/>
       <c r="O37" s="72"/>
       <c r="P37" s="87">
         <v>21</v>
       </c>
       <c r="Q37" s="88"/>
-      <c r="R37" s="119">
+      <c r="R37" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S37" s="120"/>
-[...1 lines deleted...]
-      <c r="U37" s="120"/>
+      <c r="S37" s="150"/>
+      <c r="T37" s="150"/>
+      <c r="U37" s="150"/>
       <c r="V37" s="73"/>
       <c r="W37" s="83"/>
       <c r="X37" s="84"/>
       <c r="Y37" s="369"/>
       <c r="Z37" s="369"/>
       <c r="AA37" s="370">
         <f>IF(Y37="",R37*W36,ROUNDDOWN(R37*Y37,0))</f>
         <v>0</v>
       </c>
       <c r="AB37" s="371"/>
       <c r="AC37" s="371"/>
       <c r="AD37" s="371"/>
       <c r="AE37" s="371"/>
       <c r="AF37" s="53"/>
       <c r="AG37" s="27"/>
       <c r="AH37" s="13"/>
       <c r="AI37" s="13"/>
       <c r="AJ37" s="365"/>
       <c r="AK37" s="366"/>
       <c r="AL37" s="33"/>
       <c r="AM37" s="80"/>
     </row>
     <row r="38" spans="1:39" ht="21.75" customHeight="1" thickBot="1">
-      <c r="A38" s="263">
+      <c r="A38" s="140">
         <v>37</v>
       </c>
-      <c r="B38" s="265" t="s">
+      <c r="B38" s="279" t="s">
         <v>51</v>
       </c>
-      <c r="C38" s="265"/>
-[...3 lines deleted...]
-      <c r="G38" s="205" t="s">
+      <c r="C38" s="279"/>
+      <c r="D38" s="279"/>
+      <c r="E38" s="279"/>
+      <c r="F38" s="279"/>
+      <c r="G38" s="141" t="s">
         <v>27</v>
       </c>
-      <c r="H38" s="206"/>
-[...1 lines deleted...]
-      <c r="J38" s="207"/>
+      <c r="H38" s="142"/>
+      <c r="I38" s="142"/>
+      <c r="J38" s="143"/>
       <c r="K38" s="372">
         <f>'事業主控（このシートに入力）'!K38:N38</f>
         <v>0</v>
       </c>
       <c r="L38" s="373"/>
       <c r="M38" s="373"/>
       <c r="N38" s="373"/>
       <c r="O38" s="74"/>
-      <c r="P38" s="212">
+      <c r="P38" s="101">
         <v>23</v>
       </c>
-      <c r="Q38" s="213"/>
-      <c r="R38" s="117">
+      <c r="Q38" s="102"/>
+      <c r="R38" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S38" s="118"/>
-[...1 lines deleted...]
-      <c r="U38" s="118"/>
+      <c r="S38" s="148"/>
+      <c r="T38" s="148"/>
+      <c r="U38" s="148"/>
       <c r="V38" s="75"/>
       <c r="W38" s="99">
         <v>19</v>
       </c>
       <c r="X38" s="100"/>
       <c r="Y38" s="374"/>
       <c r="Z38" s="374"/>
-      <c r="AA38" s="119">
+      <c r="AA38" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AB38" s="120"/>
-[...2 lines deleted...]
-      <c r="AE38" s="120"/>
+      <c r="AB38" s="150"/>
+      <c r="AC38" s="150"/>
+      <c r="AD38" s="150"/>
+      <c r="AE38" s="150"/>
       <c r="AF38" s="54"/>
       <c r="AG38" s="28"/>
       <c r="AH38" s="29"/>
       <c r="AI38" s="29"/>
       <c r="AJ38" s="29"/>
       <c r="AK38" s="29"/>
       <c r="AL38" s="37"/>
       <c r="AM38" s="80"/>
     </row>
     <row r="39" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A39" s="264"/>
-[...5 lines deleted...]
-      <c r="G39" s="208" t="s">
+      <c r="A39" s="278"/>
+      <c r="B39" s="280"/>
+      <c r="C39" s="280"/>
+      <c r="D39" s="280"/>
+      <c r="E39" s="280"/>
+      <c r="F39" s="280"/>
+      <c r="G39" s="122" t="s">
         <v>31</v>
       </c>
-      <c r="H39" s="209"/>
-[...1 lines deleted...]
-      <c r="J39" s="210"/>
+      <c r="H39" s="123"/>
+      <c r="I39" s="123"/>
+      <c r="J39" s="124"/>
       <c r="K39" s="375">
         <f>'事業主控（このシートに入力）'!K39:N39</f>
         <v>0</v>
       </c>
       <c r="L39" s="376"/>
       <c r="M39" s="376"/>
       <c r="N39" s="376"/>
       <c r="O39" s="70"/>
       <c r="P39" s="85">
         <v>24</v>
       </c>
       <c r="Q39" s="86"/>
-      <c r="R39" s="129">
+      <c r="R39" s="159">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S39" s="130"/>
-[...1 lines deleted...]
-      <c r="U39" s="130"/>
+      <c r="S39" s="160"/>
+      <c r="T39" s="160"/>
+      <c r="U39" s="160"/>
       <c r="V39" s="71"/>
-      <c r="W39" s="151">
+      <c r="W39" s="177">
         <v>17</v>
       </c>
-      <c r="X39" s="152"/>
+      <c r="X39" s="178"/>
       <c r="Y39" s="377"/>
       <c r="Z39" s="377"/>
-      <c r="AA39" s="129">
+      <c r="AA39" s="159">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AB39" s="130"/>
-[...2 lines deleted...]
-      <c r="AE39" s="130"/>
+      <c r="AB39" s="160"/>
+      <c r="AC39" s="160"/>
+      <c r="AD39" s="160"/>
+      <c r="AE39" s="160"/>
       <c r="AF39" s="52"/>
       <c r="AG39" s="13"/>
       <c r="AH39" s="13"/>
       <c r="AI39" s="13"/>
       <c r="AJ39" s="13"/>
       <c r="AK39" s="13"/>
       <c r="AL39" s="13"/>
       <c r="AM39" s="80"/>
     </row>
     <row r="40" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A40" s="264"/>
-[...5 lines deleted...]
-      <c r="G40" s="230" t="s">
+      <c r="A40" s="278"/>
+      <c r="B40" s="280"/>
+      <c r="C40" s="280"/>
+      <c r="D40" s="280"/>
+      <c r="E40" s="280"/>
+      <c r="F40" s="280"/>
+      <c r="G40" s="119" t="s">
         <v>32</v>
       </c>
-      <c r="H40" s="231"/>
-[...1 lines deleted...]
-      <c r="J40" s="232"/>
+      <c r="H40" s="120"/>
+      <c r="I40" s="120"/>
+      <c r="J40" s="121"/>
       <c r="K40" s="367">
         <f>'事業主控（このシートに入力）'!K40:N40</f>
         <v>0</v>
       </c>
       <c r="L40" s="368"/>
       <c r="M40" s="368"/>
       <c r="N40" s="368"/>
       <c r="O40" s="72"/>
       <c r="P40" s="87"/>
       <c r="Q40" s="88"/>
-      <c r="R40" s="119">
+      <c r="R40" s="149">
         <f>INT(K40*P39%/1000)</f>
         <v>0</v>
       </c>
-      <c r="S40" s="120"/>
-[...1 lines deleted...]
-      <c r="U40" s="120"/>
+      <c r="S40" s="150"/>
+      <c r="T40" s="150"/>
+      <c r="U40" s="150"/>
       <c r="V40" s="73"/>
-      <c r="W40" s="151">
+      <c r="W40" s="177">
         <v>15</v>
       </c>
-      <c r="X40" s="152"/>
+      <c r="X40" s="178"/>
       <c r="Y40" s="369"/>
       <c r="Z40" s="369"/>
       <c r="AA40" s="370">
         <f>IF(Y40="",R40*W40,ROUNDDOWN(R40*Y40,0))</f>
         <v>0</v>
       </c>
       <c r="AB40" s="371"/>
       <c r="AC40" s="371"/>
       <c r="AD40" s="371"/>
       <c r="AE40" s="371"/>
       <c r="AF40" s="53"/>
       <c r="AG40" s="13"/>
       <c r="AH40" s="13"/>
       <c r="AI40" s="13"/>
       <c r="AJ40" s="13"/>
       <c r="AK40" s="13"/>
       <c r="AL40" s="13"/>
       <c r="AM40" s="80"/>
     </row>
     <row r="41" spans="1:39" ht="21.75" customHeight="1">
       <c r="A41" s="79"/>
       <c r="B41" s="304"/>
       <c r="C41" s="305"/>
       <c r="D41" s="305"/>
       <c r="E41" s="305"/>
       <c r="F41" s="306"/>
       <c r="G41" s="307"/>
       <c r="H41" s="308"/>
       <c r="I41" s="308"/>
       <c r="J41" s="309"/>
       <c r="K41" s="360"/>
       <c r="L41" s="361"/>
       <c r="M41" s="361"/>
       <c r="N41" s="361"/>
       <c r="O41" s="9"/>
-      <c r="P41" s="212"/>
-      <c r="Q41" s="213"/>
+      <c r="P41" s="101"/>
+      <c r="Q41" s="102"/>
       <c r="R41" s="354"/>
       <c r="S41" s="354"/>
       <c r="T41" s="354"/>
       <c r="U41" s="354"/>
       <c r="V41" s="59"/>
-      <c r="W41" s="238"/>
-      <c r="X41" s="238"/>
+      <c r="W41" s="253"/>
+      <c r="X41" s="253"/>
       <c r="Y41" s="323"/>
       <c r="Z41" s="323"/>
-      <c r="AA41" s="119">
+      <c r="AA41" s="149">
         <f>IF(Y41="",R41*W41,ROUNDDOWN(R41*Y41,0))</f>
         <v>0</v>
       </c>
-      <c r="AB41" s="120"/>
-[...2 lines deleted...]
-      <c r="AE41" s="120"/>
+      <c r="AB41" s="150"/>
+      <c r="AC41" s="150"/>
+      <c r="AD41" s="150"/>
+      <c r="AE41" s="150"/>
       <c r="AF41" s="57"/>
       <c r="AG41" s="13"/>
       <c r="AH41" s="13"/>
       <c r="AI41" s="13"/>
       <c r="AJ41" s="13"/>
       <c r="AK41" s="13"/>
       <c r="AL41" s="13"/>
       <c r="AM41" s="80"/>
     </row>
     <row r="42" spans="1:39" ht="21.75" customHeight="1">
       <c r="A42" s="302"/>
       <c r="B42" s="89" t="s">
         <v>52</v>
       </c>
       <c r="C42" s="310"/>
       <c r="D42" s="310"/>
       <c r="E42" s="310"/>
       <c r="F42" s="90"/>
       <c r="G42" s="296"/>
       <c r="H42" s="297"/>
       <c r="I42" s="297"/>
       <c r="J42" s="298"/>
       <c r="K42" s="372">
         <f>SUM(K14:N41)</f>
         <v>0</v>
       </c>
       <c r="L42" s="373"/>
       <c r="M42" s="373"/>
       <c r="N42" s="373"/>
       <c r="O42" s="294"/>
-      <c r="P42" s="141"/>
-[...1 lines deleted...]
-      <c r="R42" s="117">
+      <c r="P42" s="134"/>
+      <c r="Q42" s="135"/>
+      <c r="R42" s="147">
         <f>SUM(R14:U41)</f>
         <v>0</v>
       </c>
-      <c r="S42" s="118"/>
-[...1 lines deleted...]
-      <c r="U42" s="118"/>
+      <c r="S42" s="148"/>
+      <c r="T42" s="148"/>
+      <c r="U42" s="148"/>
       <c r="V42" s="326"/>
-      <c r="W42" s="141"/>
-      <c r="X42" s="142"/>
+      <c r="W42" s="134"/>
+      <c r="X42" s="135"/>
       <c r="Y42" s="336"/>
-      <c r="Z42" s="142"/>
-      <c r="AA42" s="117">
+      <c r="Z42" s="135"/>
+      <c r="AA42" s="147">
         <f>SUM(AA14:AE41)</f>
         <v>0</v>
       </c>
       <c r="AB42" s="293"/>
       <c r="AC42" s="293"/>
       <c r="AD42" s="293"/>
       <c r="AE42" s="293"/>
       <c r="AF42" s="76"/>
       <c r="AG42" s="13"/>
       <c r="AH42" s="13"/>
       <c r="AI42" s="13"/>
       <c r="AJ42" s="13"/>
       <c r="AK42" s="13"/>
       <c r="AL42" s="13"/>
       <c r="AM42" s="80"/>
     </row>
     <row r="43" spans="1:39" ht="21.75" customHeight="1">
       <c r="A43" s="303"/>
       <c r="B43" s="311"/>
       <c r="C43" s="312"/>
       <c r="D43" s="312"/>
       <c r="E43" s="312"/>
       <c r="F43" s="313"/>
       <c r="G43" s="299"/>
       <c r="H43" s="300"/>
       <c r="I43" s="300"/>
       <c r="J43" s="301"/>
-      <c r="K43" s="149"/>
-[...2 lines deleted...]
-      <c r="N43" s="150"/>
+      <c r="K43" s="175"/>
+      <c r="L43" s="176"/>
+      <c r="M43" s="176"/>
+      <c r="N43" s="176"/>
       <c r="O43" s="295"/>
-      <c r="P43" s="143"/>
-      <c r="Q43" s="144"/>
+      <c r="P43" s="136"/>
+      <c r="Q43" s="137"/>
       <c r="R43" s="362"/>
       <c r="S43" s="363"/>
       <c r="T43" s="363"/>
       <c r="U43" s="363"/>
       <c r="V43" s="327"/>
-      <c r="W43" s="143"/>
-[...7 lines deleted...]
-      <c r="AE43" s="150"/>
+      <c r="W43" s="136"/>
+      <c r="X43" s="137"/>
+      <c r="Y43" s="136"/>
+      <c r="Z43" s="137"/>
+      <c r="AA43" s="175"/>
+      <c r="AB43" s="176"/>
+      <c r="AC43" s="176"/>
+      <c r="AD43" s="176"/>
+      <c r="AE43" s="176"/>
       <c r="AF43" s="77"/>
       <c r="AG43" s="13"/>
       <c r="AH43" s="13"/>
       <c r="AI43" s="13"/>
       <c r="AJ43" s="13"/>
       <c r="AK43" s="13"/>
       <c r="AL43" s="13"/>
       <c r="AM43" s="80"/>
     </row>
     <row r="44" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A44" s="237" t="s">
+      <c r="A44" s="252" t="s">
         <v>53</v>
       </c>
-      <c r="B44" s="237"/>
-[...5 lines deleted...]
-      <c r="H44" s="237"/>
+      <c r="B44" s="252"/>
+      <c r="C44" s="252"/>
+      <c r="D44" s="252"/>
+      <c r="E44" s="252"/>
+      <c r="F44" s="252"/>
+      <c r="G44" s="252"/>
+      <c r="H44" s="252"/>
       <c r="I44" s="357">
         <f>'事業主控（このシートに入力）'!I44:L45</f>
         <v>0</v>
       </c>
       <c r="J44" s="357"/>
       <c r="K44" s="357"/>
       <c r="L44" s="358"/>
       <c r="M44" s="317" t="s">
         <v>54</v>
       </c>
       <c r="N44" s="317"/>
       <c r="O44" s="86"/>
-      <c r="P44" s="152"/>
-      <c r="Q44" s="237"/>
+      <c r="P44" s="178"/>
+      <c r="Q44" s="252"/>
       <c r="R44" s="359"/>
       <c r="S44" s="359"/>
       <c r="T44" s="359"/>
       <c r="U44" s="359"/>
       <c r="V44" s="359"/>
-      <c r="W44" s="237"/>
-[...2 lines deleted...]
-      <c r="Z44" s="237"/>
+      <c r="W44" s="252"/>
+      <c r="X44" s="252"/>
+      <c r="Y44" s="252"/>
+      <c r="Z44" s="252"/>
       <c r="AA44" s="359"/>
       <c r="AB44" s="359"/>
       <c r="AC44" s="359"/>
       <c r="AD44" s="359"/>
       <c r="AE44" s="359"/>
       <c r="AF44" s="359"/>
       <c r="AG44" s="10"/>
       <c r="AH44" s="10"/>
       <c r="AI44" s="10"/>
       <c r="AJ44" s="10"/>
       <c r="AK44" s="10"/>
       <c r="AL44" s="10"/>
       <c r="AM44" s="80"/>
     </row>
     <row r="45" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A45" s="237"/>
-[...6 lines deleted...]
-      <c r="H45" s="237"/>
+      <c r="A45" s="252"/>
+      <c r="B45" s="252"/>
+      <c r="C45" s="252"/>
+      <c r="D45" s="252"/>
+      <c r="E45" s="252"/>
+      <c r="F45" s="252"/>
+      <c r="G45" s="252"/>
+      <c r="H45" s="252"/>
       <c r="I45" s="357"/>
       <c r="J45" s="357"/>
       <c r="K45" s="357"/>
       <c r="L45" s="358"/>
       <c r="M45" s="318"/>
       <c r="N45" s="318"/>
       <c r="O45" s="88"/>
-      <c r="P45" s="152"/>
-      <c r="Q45" s="237"/>
+      <c r="P45" s="178"/>
+      <c r="Q45" s="252"/>
       <c r="R45" s="359">
         <f>J51*365*N51/12+J53*365*N53/12+J55*365*N55/12+AC51*365*AG51/12+AC53*365*AG53/12+AC55*365*AG55/12+J57*365*N57/12+AC57*365*AG57/12</f>
         <v>0</v>
       </c>
       <c r="S45" s="359"/>
       <c r="T45" s="359"/>
       <c r="U45" s="359"/>
       <c r="V45" s="359"/>
-      <c r="W45" s="237"/>
-[...2 lines deleted...]
-      <c r="Z45" s="237"/>
+      <c r="W45" s="252"/>
+      <c r="X45" s="252"/>
+      <c r="Y45" s="252"/>
+      <c r="Z45" s="252"/>
       <c r="AA45" s="359"/>
       <c r="AB45" s="359"/>
       <c r="AC45" s="359"/>
       <c r="AD45" s="359"/>
       <c r="AE45" s="359"/>
       <c r="AF45" s="359"/>
       <c r="AG45" s="10"/>
       <c r="AH45" s="10"/>
       <c r="AI45" s="10"/>
       <c r="AJ45" s="10"/>
       <c r="AK45" s="10"/>
       <c r="AL45" s="10"/>
       <c r="AM45" s="80"/>
     </row>
     <row r="46" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A46" s="237" t="s">
+      <c r="A46" s="252" t="s">
         <v>55</v>
       </c>
-      <c r="B46" s="237"/>
-[...5 lines deleted...]
-      <c r="H46" s="237"/>
+      <c r="B46" s="252"/>
+      <c r="C46" s="252"/>
+      <c r="D46" s="252"/>
+      <c r="E46" s="252"/>
+      <c r="F46" s="252"/>
+      <c r="G46" s="252"/>
+      <c r="H46" s="252"/>
       <c r="I46" s="319"/>
       <c r="J46" s="319"/>
       <c r="K46" s="319"/>
       <c r="L46" s="319"/>
       <c r="M46" s="319"/>
       <c r="N46" s="319"/>
       <c r="O46" s="319"/>
       <c r="P46" s="319"/>
       <c r="Q46" s="319"/>
       <c r="R46" s="351" t="s">
         <v>56</v>
       </c>
-      <c r="S46" s="197"/>
-[...2 lines deleted...]
-      <c r="V46" s="198"/>
+      <c r="S46" s="223"/>
+      <c r="T46" s="223"/>
+      <c r="U46" s="223"/>
+      <c r="V46" s="224"/>
       <c r="W46" s="328" t="s">
         <v>57</v>
       </c>
       <c r="X46" s="329"/>
       <c r="Y46" s="329"/>
       <c r="Z46" s="330"/>
       <c r="AA46" s="352" t="s">
         <v>58</v>
       </c>
-      <c r="AB46" s="197"/>
-[...3 lines deleted...]
-      <c r="AF46" s="198"/>
+      <c r="AB46" s="223"/>
+      <c r="AC46" s="223"/>
+      <c r="AD46" s="223"/>
+      <c r="AE46" s="223"/>
+      <c r="AF46" s="224"/>
       <c r="AG46" s="10"/>
       <c r="AH46" s="10"/>
       <c r="AI46" s="10"/>
       <c r="AJ46" s="10"/>
       <c r="AK46" s="10"/>
       <c r="AL46" s="10"/>
       <c r="AM46" s="80"/>
     </row>
     <row r="47" spans="1:39" ht="21.75" customHeight="1">
-      <c r="A47" s="237"/>
-[...6 lines deleted...]
-      <c r="H47" s="237"/>
+      <c r="A47" s="252"/>
+      <c r="B47" s="252"/>
+      <c r="C47" s="252"/>
+      <c r="D47" s="252"/>
+      <c r="E47" s="252"/>
+      <c r="F47" s="252"/>
+      <c r="G47" s="252"/>
+      <c r="H47" s="252"/>
       <c r="I47" s="319"/>
       <c r="J47" s="319"/>
       <c r="K47" s="319"/>
       <c r="L47" s="319"/>
       <c r="M47" s="319"/>
       <c r="N47" s="319"/>
       <c r="O47" s="319"/>
       <c r="P47" s="319"/>
       <c r="Q47" s="319"/>
       <c r="R47" s="353">
         <f>R42</f>
         <v>0</v>
       </c>
       <c r="S47" s="324"/>
       <c r="T47" s="324"/>
       <c r="U47" s="324"/>
       <c r="V47" s="58" t="s">
         <v>59</v>
       </c>
-      <c r="W47" s="191" t="s">
+      <c r="W47" s="217" t="s">
         <v>60</v>
       </c>
-      <c r="X47" s="192"/>
-[...1 lines deleted...]
-      <c r="Z47" s="193"/>
+      <c r="X47" s="218"/>
+      <c r="Y47" s="218"/>
+      <c r="Z47" s="219"/>
       <c r="AA47" s="353">
         <f>ROUNDDOWN(R47*0.02,0)</f>
         <v>0</v>
       </c>
       <c r="AB47" s="354"/>
       <c r="AC47" s="354"/>
       <c r="AD47" s="354"/>
       <c r="AE47" s="354"/>
       <c r="AF47" s="58" t="s">
         <v>28</v>
       </c>
       <c r="AG47" s="10"/>
       <c r="AH47" s="10"/>
       <c r="AI47" s="10"/>
       <c r="AJ47" s="10"/>
       <c r="AK47" s="10"/>
       <c r="AL47" s="10"/>
       <c r="AM47" s="80"/>
     </row>
     <row r="48" spans="1:39" ht="13.5" customHeight="1">
       <c r="A48" s="5"/>
       <c r="B48" s="5"/>
       <c r="C48" s="80"/>
       <c r="D48" s="80"/>
       <c r="E48" s="80"/>
@@ -11339,549 +11339,549 @@
       <c r="U50" s="350"/>
       <c r="V50" s="350"/>
       <c r="W50" s="350"/>
       <c r="X50" s="350"/>
       <c r="Y50" s="350"/>
       <c r="Z50" s="350"/>
       <c r="AA50" s="350"/>
       <c r="AB50" s="350"/>
       <c r="AC50" s="350"/>
       <c r="AD50" s="350"/>
       <c r="AE50" s="350"/>
       <c r="AF50" s="350"/>
       <c r="AG50" s="78" t="s">
         <v>66</v>
       </c>
       <c r="AH50" s="78" t="s">
         <v>67</v>
       </c>
       <c r="AI50" s="350"/>
       <c r="AJ50" s="350"/>
       <c r="AK50" s="350"/>
       <c r="AL50" s="350"/>
       <c r="AM50" s="80"/>
     </row>
     <row r="51" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A51" s="237">
+      <c r="A51" s="252">
         <f>'事業主控（このシートに入力）'!A51:A52</f>
         <v>0</v>
       </c>
-      <c r="B51" s="237">
+      <c r="B51" s="252">
         <f>'事業主控（このシートに入力）'!B51:I52</f>
         <v>0</v>
       </c>
-      <c r="C51" s="237"/>
-[...6 lines deleted...]
-      <c r="J51" s="237">
+      <c r="C51" s="252"/>
+      <c r="D51" s="252"/>
+      <c r="E51" s="252"/>
+      <c r="F51" s="252"/>
+      <c r="G51" s="252"/>
+      <c r="H51" s="252"/>
+      <c r="I51" s="252"/>
+      <c r="J51" s="252">
         <f>'事業主控（このシートに入力）'!J51:K52</f>
         <v>0</v>
       </c>
-      <c r="K51" s="151"/>
+      <c r="K51" s="177"/>
       <c r="L51" s="343" t="s">
         <v>68</v>
       </c>
       <c r="M51" s="344"/>
-      <c r="N51" s="151">
+      <c r="N51" s="177">
         <f>'事業主控（このシートに入力）'!N51:N52</f>
         <v>0</v>
       </c>
       <c r="O51" s="342">
         <f>'事業主控（このシートに入力）'!O51:O52</f>
         <v>0</v>
       </c>
       <c r="P51" s="89">
         <f>'事業主控（このシートに入力）'!P51:Q52</f>
         <v>0</v>
       </c>
       <c r="Q51" s="310"/>
       <c r="R51" s="338" t="s">
         <v>68</v>
       </c>
       <c r="S51" s="338"/>
       <c r="T51" s="347">
         <f>'事業主控（このシートに入力）'!T51:T52</f>
         <v>0</v>
       </c>
-      <c r="U51" s="237">
+      <c r="U51" s="252">
         <f>'事業主控（このシートに入力）'!U51:AB52</f>
         <v>0</v>
       </c>
-      <c r="V51" s="237"/>
-[...6 lines deleted...]
-      <c r="AC51" s="237">
+      <c r="V51" s="252"/>
+      <c r="W51" s="252"/>
+      <c r="X51" s="252"/>
+      <c r="Y51" s="252"/>
+      <c r="Z51" s="252"/>
+      <c r="AA51" s="252"/>
+      <c r="AB51" s="252"/>
+      <c r="AC51" s="252">
         <f>'事業主控（このシートに入力）'!AC51:AD52</f>
         <v>0</v>
       </c>
-      <c r="AD51" s="237"/>
+      <c r="AD51" s="252"/>
       <c r="AE51" s="344" t="s">
         <v>68</v>
       </c>
       <c r="AF51" s="344"/>
-      <c r="AG51" s="151">
+      <c r="AG51" s="177">
         <f>'事業主控（このシートに入力）'!AG51:AG52</f>
         <v>0</v>
       </c>
       <c r="AH51" s="342">
         <f>'事業主控（このシートに入力）'!AH51:AH52</f>
         <v>0</v>
       </c>
-      <c r="AI51" s="237">
+      <c r="AI51" s="252">
         <f>'事業主控（このシートに入力）'!AI51:AJ52</f>
         <v>0</v>
       </c>
-      <c r="AJ51" s="151"/>
+      <c r="AJ51" s="177"/>
       <c r="AK51" s="343" t="s">
         <v>68</v>
       </c>
       <c r="AL51" s="344"/>
       <c r="AM51" s="80"/>
     </row>
     <row r="52" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A52" s="237"/>
-[...9 lines deleted...]
-      <c r="K52" s="151"/>
+      <c r="A52" s="252"/>
+      <c r="B52" s="252"/>
+      <c r="C52" s="252"/>
+      <c r="D52" s="252"/>
+      <c r="E52" s="252"/>
+      <c r="F52" s="252"/>
+      <c r="G52" s="252"/>
+      <c r="H52" s="252"/>
+      <c r="I52" s="252"/>
+      <c r="J52" s="252"/>
+      <c r="K52" s="177"/>
       <c r="L52" s="343"/>
       <c r="M52" s="344"/>
-      <c r="N52" s="151"/>
+      <c r="N52" s="177"/>
       <c r="O52" s="342"/>
       <c r="P52" s="83"/>
       <c r="Q52" s="337"/>
       <c r="R52" s="339"/>
       <c r="S52" s="339"/>
       <c r="T52" s="347"/>
-      <c r="U52" s="237"/>
-[...8 lines deleted...]
-      <c r="AD52" s="237"/>
+      <c r="U52" s="252"/>
+      <c r="V52" s="252"/>
+      <c r="W52" s="252"/>
+      <c r="X52" s="252"/>
+      <c r="Y52" s="252"/>
+      <c r="Z52" s="252"/>
+      <c r="AA52" s="252"/>
+      <c r="AB52" s="252"/>
+      <c r="AC52" s="252"/>
+      <c r="AD52" s="252"/>
       <c r="AE52" s="344"/>
       <c r="AF52" s="344"/>
-      <c r="AG52" s="151"/>
+      <c r="AG52" s="177"/>
       <c r="AH52" s="342"/>
-      <c r="AI52" s="237"/>
-      <c r="AJ52" s="151"/>
+      <c r="AI52" s="252"/>
+      <c r="AJ52" s="177"/>
       <c r="AK52" s="343"/>
       <c r="AL52" s="344"/>
       <c r="AM52" s="80"/>
     </row>
     <row r="53" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A53" s="237">
+      <c r="A53" s="252">
         <f>'事業主控（このシートに入力）'!A53:A54</f>
         <v>0</v>
       </c>
-      <c r="B53" s="237">
+      <c r="B53" s="252">
         <f>'事業主控（このシートに入力）'!B53:I54</f>
         <v>0</v>
       </c>
-      <c r="C53" s="237"/>
-[...6 lines deleted...]
-      <c r="J53" s="237">
+      <c r="C53" s="252"/>
+      <c r="D53" s="252"/>
+      <c r="E53" s="252"/>
+      <c r="F53" s="252"/>
+      <c r="G53" s="252"/>
+      <c r="H53" s="252"/>
+      <c r="I53" s="252"/>
+      <c r="J53" s="252">
         <f>'事業主控（このシートに入力）'!J53:K54</f>
         <v>0</v>
       </c>
-      <c r="K53" s="151"/>
+      <c r="K53" s="177"/>
       <c r="L53" s="343" t="s">
         <v>68</v>
       </c>
       <c r="M53" s="344"/>
-      <c r="N53" s="151">
+      <c r="N53" s="177">
         <f>'事業主控（このシートに入力）'!N53:N54</f>
         <v>0</v>
       </c>
       <c r="O53" s="342">
         <f>'事業主控（このシートに入力）'!O53:O54</f>
         <v>0</v>
       </c>
       <c r="P53" s="89">
         <f>'事業主控（このシートに入力）'!P53:Q54</f>
         <v>0</v>
       </c>
       <c r="Q53" s="310"/>
       <c r="R53" s="338" t="s">
         <v>68</v>
       </c>
       <c r="S53" s="338"/>
       <c r="T53" s="347">
         <f>'事業主控（このシートに入力）'!T53:T54</f>
         <v>0</v>
       </c>
-      <c r="U53" s="237">
+      <c r="U53" s="252">
         <f>'事業主控（このシートに入力）'!U53:AB54</f>
         <v>0</v>
       </c>
-      <c r="V53" s="237"/>
-[...6 lines deleted...]
-      <c r="AC53" s="237">
+      <c r="V53" s="252"/>
+      <c r="W53" s="252"/>
+      <c r="X53" s="252"/>
+      <c r="Y53" s="252"/>
+      <c r="Z53" s="252"/>
+      <c r="AA53" s="252"/>
+      <c r="AB53" s="252"/>
+      <c r="AC53" s="252">
         <f>'事業主控（このシートに入力）'!AC53:AD54</f>
         <v>0</v>
       </c>
-      <c r="AD53" s="237"/>
+      <c r="AD53" s="252"/>
       <c r="AE53" s="344" t="s">
         <v>68</v>
       </c>
       <c r="AF53" s="344"/>
-      <c r="AG53" s="151">
+      <c r="AG53" s="177">
         <f>'事業主控（このシートに入力）'!AG53:AG54</f>
         <v>0</v>
       </c>
       <c r="AH53" s="342">
         <f>'事業主控（このシートに入力）'!AH53:AH54</f>
         <v>0</v>
       </c>
-      <c r="AI53" s="237">
+      <c r="AI53" s="252">
         <f>'事業主控（このシートに入力）'!AI53:AJ54</f>
         <v>0</v>
       </c>
-      <c r="AJ53" s="151"/>
+      <c r="AJ53" s="177"/>
       <c r="AK53" s="343" t="s">
         <v>68</v>
       </c>
       <c r="AL53" s="344"/>
       <c r="AM53" s="80"/>
     </row>
     <row r="54" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A54" s="237"/>
-[...9 lines deleted...]
-      <c r="K54" s="151"/>
+      <c r="A54" s="252"/>
+      <c r="B54" s="252"/>
+      <c r="C54" s="252"/>
+      <c r="D54" s="252"/>
+      <c r="E54" s="252"/>
+      <c r="F54" s="252"/>
+      <c r="G54" s="252"/>
+      <c r="H54" s="252"/>
+      <c r="I54" s="252"/>
+      <c r="J54" s="252"/>
+      <c r="K54" s="177"/>
       <c r="L54" s="343"/>
       <c r="M54" s="344"/>
-      <c r="N54" s="151"/>
+      <c r="N54" s="177"/>
       <c r="O54" s="342"/>
       <c r="P54" s="83"/>
       <c r="Q54" s="337"/>
       <c r="R54" s="339"/>
       <c r="S54" s="339"/>
       <c r="T54" s="347"/>
-      <c r="U54" s="237"/>
-[...8 lines deleted...]
-      <c r="AD54" s="237"/>
+      <c r="U54" s="252"/>
+      <c r="V54" s="252"/>
+      <c r="W54" s="252"/>
+      <c r="X54" s="252"/>
+      <c r="Y54" s="252"/>
+      <c r="Z54" s="252"/>
+      <c r="AA54" s="252"/>
+      <c r="AB54" s="252"/>
+      <c r="AC54" s="252"/>
+      <c r="AD54" s="252"/>
       <c r="AE54" s="344"/>
       <c r="AF54" s="344"/>
-      <c r="AG54" s="151"/>
+      <c r="AG54" s="177"/>
       <c r="AH54" s="342"/>
-      <c r="AI54" s="237"/>
-      <c r="AJ54" s="151"/>
+      <c r="AI54" s="252"/>
+      <c r="AJ54" s="177"/>
       <c r="AK54" s="343"/>
       <c r="AL54" s="344"/>
       <c r="AM54" s="80"/>
     </row>
     <row r="55" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A55" s="237">
+      <c r="A55" s="252">
         <f>'事業主控（このシートに入力）'!A55:A56</f>
         <v>0</v>
       </c>
-      <c r="B55" s="237">
+      <c r="B55" s="252">
         <f>'事業主控（このシートに入力）'!B55:I56</f>
         <v>0</v>
       </c>
-      <c r="C55" s="237"/>
-[...6 lines deleted...]
-      <c r="J55" s="237">
+      <c r="C55" s="252"/>
+      <c r="D55" s="252"/>
+      <c r="E55" s="252"/>
+      <c r="F55" s="252"/>
+      <c r="G55" s="252"/>
+      <c r="H55" s="252"/>
+      <c r="I55" s="252"/>
+      <c r="J55" s="252">
         <f>'事業主控（このシートに入力）'!J55:K56</f>
         <v>0</v>
       </c>
-      <c r="K55" s="151"/>
+      <c r="K55" s="177"/>
       <c r="L55" s="343" t="s">
         <v>68</v>
       </c>
       <c r="M55" s="344"/>
-      <c r="N55" s="151">
+      <c r="N55" s="177">
         <f>'事業主控（このシートに入力）'!N55:N56</f>
         <v>0</v>
       </c>
       <c r="O55" s="342">
         <f>'事業主控（このシートに入力）'!O55:O56</f>
         <v>0</v>
       </c>
       <c r="P55" s="89">
         <f>'事業主控（このシートに入力）'!P55:Q56</f>
         <v>0</v>
       </c>
       <c r="Q55" s="310"/>
       <c r="R55" s="338" t="s">
         <v>68</v>
       </c>
       <c r="S55" s="338"/>
       <c r="T55" s="347">
         <f>'事業主控（このシートに入力）'!T55:T56</f>
         <v>0</v>
       </c>
-      <c r="U55" s="237">
+      <c r="U55" s="252">
         <f>'事業主控（このシートに入力）'!U55:AB56</f>
         <v>0</v>
       </c>
-      <c r="V55" s="237"/>
-[...6 lines deleted...]
-      <c r="AC55" s="237">
+      <c r="V55" s="252"/>
+      <c r="W55" s="252"/>
+      <c r="X55" s="252"/>
+      <c r="Y55" s="252"/>
+      <c r="Z55" s="252"/>
+      <c r="AA55" s="252"/>
+      <c r="AB55" s="252"/>
+      <c r="AC55" s="252">
         <f>'事業主控（このシートに入力）'!AC55:AD56</f>
         <v>0</v>
       </c>
-      <c r="AD55" s="237"/>
+      <c r="AD55" s="252"/>
       <c r="AE55" s="344" t="s">
         <v>68</v>
       </c>
       <c r="AF55" s="344"/>
-      <c r="AG55" s="151">
+      <c r="AG55" s="177">
         <f>'事業主控（このシートに入力）'!AG55:AG56</f>
         <v>0</v>
       </c>
       <c r="AH55" s="342">
         <f>'事業主控（このシートに入力）'!AH55:AH56</f>
         <v>0</v>
       </c>
-      <c r="AI55" s="237">
+      <c r="AI55" s="252">
         <f>'事業主控（このシートに入力）'!AI55:AJ56</f>
         <v>0</v>
       </c>
-      <c r="AJ55" s="151"/>
+      <c r="AJ55" s="177"/>
       <c r="AK55" s="343" t="s">
         <v>68</v>
       </c>
       <c r="AL55" s="344"/>
       <c r="AM55" s="80"/>
     </row>
     <row r="56" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A56" s="237"/>
-[...9 lines deleted...]
-      <c r="K56" s="151"/>
+      <c r="A56" s="252"/>
+      <c r="B56" s="252"/>
+      <c r="C56" s="252"/>
+      <c r="D56" s="252"/>
+      <c r="E56" s="252"/>
+      <c r="F56" s="252"/>
+      <c r="G56" s="252"/>
+      <c r="H56" s="252"/>
+      <c r="I56" s="252"/>
+      <c r="J56" s="252"/>
+      <c r="K56" s="177"/>
       <c r="L56" s="343"/>
       <c r="M56" s="344"/>
-      <c r="N56" s="151"/>
+      <c r="N56" s="177"/>
       <c r="O56" s="342"/>
       <c r="P56" s="83"/>
       <c r="Q56" s="337"/>
       <c r="R56" s="339"/>
       <c r="S56" s="339"/>
       <c r="T56" s="347"/>
-      <c r="U56" s="237"/>
-[...8 lines deleted...]
-      <c r="AD56" s="237"/>
+      <c r="U56" s="252"/>
+      <c r="V56" s="252"/>
+      <c r="W56" s="252"/>
+      <c r="X56" s="252"/>
+      <c r="Y56" s="252"/>
+      <c r="Z56" s="252"/>
+      <c r="AA56" s="252"/>
+      <c r="AB56" s="252"/>
+      <c r="AC56" s="252"/>
+      <c r="AD56" s="252"/>
       <c r="AE56" s="344"/>
       <c r="AF56" s="344"/>
-      <c r="AG56" s="151"/>
+      <c r="AG56" s="177"/>
       <c r="AH56" s="342"/>
-      <c r="AI56" s="237"/>
-      <c r="AJ56" s="151"/>
+      <c r="AI56" s="252"/>
+      <c r="AJ56" s="177"/>
       <c r="AK56" s="343"/>
       <c r="AL56" s="344"/>
       <c r="AM56" s="80"/>
     </row>
     <row r="57" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A57" s="237">
+      <c r="A57" s="252">
         <f>'事業主控（このシートに入力）'!A57:A58</f>
         <v>0</v>
       </c>
-      <c r="B57" s="237">
+      <c r="B57" s="252">
         <f>'事業主控（このシートに入力）'!B57:I58</f>
         <v>0</v>
       </c>
-      <c r="C57" s="237"/>
-[...6 lines deleted...]
-      <c r="J57" s="237">
+      <c r="C57" s="252"/>
+      <c r="D57" s="252"/>
+      <c r="E57" s="252"/>
+      <c r="F57" s="252"/>
+      <c r="G57" s="252"/>
+      <c r="H57" s="252"/>
+      <c r="I57" s="252"/>
+      <c r="J57" s="252">
         <f>'事業主控（このシートに入力）'!J57:K58</f>
         <v>0</v>
       </c>
-      <c r="K57" s="151"/>
+      <c r="K57" s="177"/>
       <c r="L57" s="343" t="s">
         <v>68</v>
       </c>
       <c r="M57" s="344"/>
-      <c r="N57" s="151">
+      <c r="N57" s="177">
         <f>'事業主控（このシートに入力）'!N57:N58</f>
         <v>0</v>
       </c>
       <c r="O57" s="342">
         <f>'事業主控（このシートに入力）'!O57:O58</f>
         <v>0</v>
       </c>
       <c r="P57" s="89">
         <f>'事業主控（このシートに入力）'!P57:Q58</f>
         <v>0</v>
       </c>
       <c r="Q57" s="310"/>
       <c r="R57" s="338" t="s">
         <v>68</v>
       </c>
       <c r="S57" s="338"/>
       <c r="T57" s="347">
         <f>'事業主控（このシートに入力）'!T57:T58</f>
         <v>0</v>
       </c>
-      <c r="U57" s="237">
+      <c r="U57" s="252">
         <f>'事業主控（このシートに入力）'!U57:AB58</f>
         <v>0</v>
       </c>
-      <c r="V57" s="237"/>
-[...6 lines deleted...]
-      <c r="AC57" s="237">
+      <c r="V57" s="252"/>
+      <c r="W57" s="252"/>
+      <c r="X57" s="252"/>
+      <c r="Y57" s="252"/>
+      <c r="Z57" s="252"/>
+      <c r="AA57" s="252"/>
+      <c r="AB57" s="252"/>
+      <c r="AC57" s="252">
         <f>'事業主控（このシートに入力）'!AC57:AD58</f>
         <v>0</v>
       </c>
-      <c r="AD57" s="237"/>
+      <c r="AD57" s="252"/>
       <c r="AE57" s="344" t="s">
         <v>68</v>
       </c>
       <c r="AF57" s="344"/>
-      <c r="AG57" s="151">
+      <c r="AG57" s="177">
         <f>'事業主控（このシートに入力）'!AG57:AG58</f>
         <v>0</v>
       </c>
       <c r="AH57" s="342">
         <f>'事業主控（このシートに入力）'!AH57:AH58</f>
         <v>0</v>
       </c>
-      <c r="AI57" s="237">
+      <c r="AI57" s="252">
         <f>'事業主控（このシートに入力）'!AI57:AJ58</f>
         <v>0</v>
       </c>
-      <c r="AJ57" s="151"/>
+      <c r="AJ57" s="177"/>
       <c r="AK57" s="343" t="s">
         <v>68</v>
       </c>
       <c r="AL57" s="344"/>
       <c r="AM57" s="80"/>
     </row>
     <row r="58" spans="1:39" ht="13.5" customHeight="1">
-      <c r="A58" s="237"/>
-[...9 lines deleted...]
-      <c r="K58" s="151"/>
+      <c r="A58" s="252"/>
+      <c r="B58" s="252"/>
+      <c r="C58" s="252"/>
+      <c r="D58" s="252"/>
+      <c r="E58" s="252"/>
+      <c r="F58" s="252"/>
+      <c r="G58" s="252"/>
+      <c r="H58" s="252"/>
+      <c r="I58" s="252"/>
+      <c r="J58" s="252"/>
+      <c r="K58" s="177"/>
       <c r="L58" s="343"/>
       <c r="M58" s="344"/>
-      <c r="N58" s="151"/>
+      <c r="N58" s="177"/>
       <c r="O58" s="342"/>
       <c r="P58" s="83"/>
       <c r="Q58" s="337"/>
       <c r="R58" s="339"/>
       <c r="S58" s="339"/>
       <c r="T58" s="347"/>
-      <c r="U58" s="237"/>
-[...8 lines deleted...]
-      <c r="AD58" s="237"/>
+      <c r="U58" s="252"/>
+      <c r="V58" s="252"/>
+      <c r="W58" s="252"/>
+      <c r="X58" s="252"/>
+      <c r="Y58" s="252"/>
+      <c r="Z58" s="252"/>
+      <c r="AA58" s="252"/>
+      <c r="AB58" s="252"/>
+      <c r="AC58" s="252"/>
+      <c r="AD58" s="252"/>
       <c r="AE58" s="344"/>
       <c r="AF58" s="344"/>
-      <c r="AG58" s="151"/>
+      <c r="AG58" s="177"/>
       <c r="AH58" s="342"/>
-      <c r="AI58" s="237"/>
-      <c r="AJ58" s="151"/>
+      <c r="AI58" s="252"/>
+      <c r="AJ58" s="177"/>
       <c r="AK58" s="343"/>
       <c r="AL58" s="344"/>
       <c r="AM58" s="80"/>
     </row>
     <row r="59" spans="1:39" ht="13.5" customHeight="1">
       <c r="A59" s="5"/>
       <c r="B59" s="5"/>
       <c r="C59" s="80"/>
       <c r="D59" s="80"/>
       <c r="E59" s="80"/>
       <c r="F59" s="80"/>
       <c r="G59" s="80"/>
       <c r="H59" s="80"/>
       <c r="I59" s="80"/>
       <c r="J59" s="5"/>
       <c r="K59" s="80"/>
       <c r="L59" s="80"/>
       <c r="M59" s="80"/>
       <c r="S59" s="4"/>
       <c r="T59" s="80"/>
       <c r="U59" s="80"/>
       <c r="V59" s="80"/>
       <c r="W59" s="80"/>
       <c r="X59" s="80"/>
       <c r="Y59" s="80"/>
@@ -11903,222 +11903,222 @@
     <row r="60" spans="1:39">
       <c r="T60" s="346" t="str">
         <f>'事業主控（このシートに入力）'!T60:AF60</f>
         <v>（郵便番号　　　　－　　　　）</v>
       </c>
       <c r="U60" s="345"/>
       <c r="V60" s="345"/>
       <c r="W60" s="345"/>
       <c r="X60" s="345"/>
       <c r="Y60" s="345"/>
       <c r="Z60" s="345"/>
       <c r="AA60" s="345"/>
       <c r="AB60" s="345"/>
       <c r="AC60" s="345"/>
       <c r="AD60" s="345"/>
       <c r="AE60" s="345"/>
       <c r="AF60" s="345"/>
       <c r="AG60" s="4"/>
       <c r="AH60" s="4"/>
       <c r="AI60" s="4"/>
       <c r="AJ60" s="4"/>
       <c r="AK60" s="4"/>
       <c r="AL60" s="4"/>
     </row>
     <row r="61" spans="1:39">
-      <c r="A61" s="139" t="s">
+      <c r="A61" s="169" t="s">
         <v>70</v>
       </c>
-      <c r="B61" s="139"/>
-[...16 lines deleted...]
-      <c r="S61" s="139"/>
+      <c r="B61" s="169"/>
+      <c r="C61" s="169"/>
+      <c r="D61" s="169"/>
+      <c r="E61" s="169"/>
+      <c r="F61" s="169"/>
+      <c r="G61" s="169"/>
+      <c r="H61" s="169"/>
+      <c r="I61" s="169"/>
+      <c r="J61" s="169"/>
+      <c r="K61" s="169"/>
+      <c r="L61" s="169"/>
+      <c r="M61" s="169"/>
+      <c r="N61" s="169"/>
+      <c r="O61" s="169"/>
+      <c r="P61" s="169"/>
+      <c r="Q61" s="169"/>
+      <c r="R61" s="169"/>
+      <c r="S61" s="169"/>
       <c r="T61" s="346" t="str">
         <f>'事業主控（このシートに入力）'!T61:AF61</f>
         <v>電話（　　　　-　　　-　　　　）</v>
       </c>
       <c r="U61" s="345"/>
       <c r="V61" s="345"/>
       <c r="W61" s="345"/>
       <c r="X61" s="345"/>
       <c r="Y61" s="345"/>
       <c r="Z61" s="345"/>
       <c r="AA61" s="345"/>
       <c r="AB61" s="345"/>
       <c r="AC61" s="345"/>
       <c r="AD61" s="345"/>
       <c r="AE61" s="345"/>
       <c r="AF61" s="345"/>
       <c r="AG61" s="4"/>
-      <c r="AH61" s="180" t="s">
+      <c r="AH61" s="206" t="s">
         <v>72</v>
       </c>
-      <c r="AI61" s="180"/>
-[...2 lines deleted...]
-      <c r="AL61" s="180"/>
+      <c r="AI61" s="206"/>
+      <c r="AJ61" s="206"/>
+      <c r="AK61" s="206"/>
+      <c r="AL61" s="206"/>
     </row>
     <row r="62" spans="1:39">
-      <c r="A62" s="139"/>
-[...17 lines deleted...]
-      <c r="S62" s="139"/>
+      <c r="A62" s="169"/>
+      <c r="B62" s="169"/>
+      <c r="C62" s="169"/>
+      <c r="D62" s="169"/>
+      <c r="E62" s="169"/>
+      <c r="F62" s="169"/>
+      <c r="G62" s="169"/>
+      <c r="H62" s="169"/>
+      <c r="I62" s="169"/>
+      <c r="J62" s="169"/>
+      <c r="K62" s="169"/>
+      <c r="L62" s="169"/>
+      <c r="M62" s="169"/>
+      <c r="N62" s="169"/>
+      <c r="O62" s="169"/>
+      <c r="P62" s="169"/>
+      <c r="Q62" s="169"/>
+      <c r="R62" s="169"/>
+      <c r="S62" s="169"/>
       <c r="AF62" s="4"/>
       <c r="AG62" s="4"/>
-      <c r="AH62" s="237">
+      <c r="AH62" s="252">
         <f>'事業主控（このシートに入力）'!AH62:AL63</f>
         <v>0</v>
       </c>
-      <c r="AI62" s="237"/>
-[...2 lines deleted...]
-      <c r="AL62" s="237"/>
+      <c r="AI62" s="252"/>
+      <c r="AJ62" s="252"/>
+      <c r="AK62" s="252"/>
+      <c r="AL62" s="252"/>
     </row>
     <row r="63" spans="1:39" ht="17.25" customHeight="1">
-      <c r="A63" s="139" t="str">
+      <c r="A63" s="169" t="str">
         <f>'事業主控（このシートに入力）'!A63</f>
         <v>令和　　　　年　　　　月　　　　日</v>
       </c>
       <c r="B63" s="345"/>
       <c r="C63" s="345"/>
       <c r="D63" s="345"/>
       <c r="E63" s="345"/>
       <c r="F63" s="345"/>
       <c r="G63" s="345"/>
       <c r="H63" s="345"/>
       <c r="I63" s="345"/>
       <c r="J63" s="345"/>
       <c r="K63" s="345"/>
       <c r="L63" s="345"/>
       <c r="M63" s="345"/>
       <c r="N63" s="345"/>
       <c r="R63" s="2" t="s">
         <v>74</v>
       </c>
       <c r="S63" s="2"/>
       <c r="T63" s="398">
         <f>'事業主控（このシートに入力）'!T63</f>
         <v>0</v>
       </c>
       <c r="U63" s="399"/>
       <c r="V63" s="399"/>
       <c r="W63" s="399"/>
       <c r="X63" s="399"/>
       <c r="Y63" s="399"/>
       <c r="Z63" s="399"/>
       <c r="AA63" s="399"/>
       <c r="AB63" s="399"/>
       <c r="AC63" s="399"/>
       <c r="AD63" s="399"/>
       <c r="AE63" s="399"/>
       <c r="AF63" s="399"/>
       <c r="AG63" s="4"/>
-      <c r="AH63" s="237"/>
-[...3 lines deleted...]
-      <c r="AL63" s="237"/>
+      <c r="AH63" s="252"/>
+      <c r="AI63" s="252"/>
+      <c r="AJ63" s="252"/>
+      <c r="AK63" s="252"/>
+      <c r="AL63" s="252"/>
     </row>
     <row r="64" spans="1:39">
       <c r="P64" s="1" t="s">
         <v>75</v>
       </c>
       <c r="AF64" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AG64" s="6"/>
-      <c r="AH64" s="180" t="s">
+      <c r="AH64" s="206" t="s">
         <v>77</v>
       </c>
-      <c r="AI64" s="180"/>
-[...2 lines deleted...]
-      <c r="AL64" s="180"/>
+      <c r="AI64" s="206"/>
+      <c r="AJ64" s="206"/>
+      <c r="AK64" s="206"/>
+      <c r="AL64" s="206"/>
     </row>
     <row r="65" spans="1:38" ht="17.25" customHeight="1">
       <c r="R65" s="2" t="s">
         <v>78</v>
       </c>
       <c r="S65" s="2"/>
       <c r="T65" s="398">
         <f>'事業主控（このシートに入力）'!T65:AE65</f>
         <v>0</v>
       </c>
       <c r="U65" s="398"/>
       <c r="V65" s="398"/>
       <c r="W65" s="398"/>
       <c r="X65" s="398"/>
       <c r="Y65" s="398"/>
       <c r="Z65" s="398"/>
       <c r="AA65" s="398"/>
       <c r="AB65" s="398"/>
       <c r="AC65" s="398"/>
       <c r="AD65" s="398"/>
       <c r="AE65" s="398"/>
       <c r="AF65" s="11" t="s">
         <v>79</v>
       </c>
       <c r="AG65" s="15"/>
       <c r="AH65" s="340">
         <f>'事業主控（このシートに入力）'!AH65:AL66</f>
         <v>0</v>
       </c>
       <c r="AI65" s="341"/>
       <c r="AJ65" s="341"/>
       <c r="AK65" s="341"/>
       <c r="AL65" s="341"/>
     </row>
-    <row r="66" spans="1:38" ht="14.25">
+    <row r="66" spans="1:38" ht="14.4">
       <c r="A66" s="8" t="s">
         <v>80</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="2"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
       <c r="I66" s="2"/>
       <c r="J66" s="2"/>
       <c r="K66" s="2"/>
       <c r="L66" s="2"/>
       <c r="M66" s="2"/>
       <c r="T66" s="1" t="s">
         <v>81</v>
       </c>
       <c r="AH66" s="341"/>
       <c r="AI66" s="341"/>
       <c r="AJ66" s="341"/>
       <c r="AK66" s="341"/>
       <c r="AL66" s="341"/>
     </row>
     <row r="67" spans="1:38" ht="20.25" customHeight="1"/>